--- v0 (2025-10-03)
+++ v1 (2026-02-09)
@@ -7,108 +7,108 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/embeddings/oleObject1.bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bjc-my.sharepoint.com/personal/gxt7260_bjc_org/Documents/Desktop/SoftTech/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bjc-my.sharepoint.com/personal/gxt7260_bjc_org/Documents/Desktop/SoftTech/Upcoming/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="8_{37B3ED82-18EF-410B-B63D-BCD608AC3227}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EADE44BE-AF9A-40A0-8145-A18E933C3C60}"/>
+  <xr:revisionPtr revIDLastSave="3" documentId="8_{FD892790-35EF-4EE6-8670-1E6BC43C486E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{28E6A51B-DC94-45F0-82E9-13A116FCB413}"/>
   <bookViews>
-    <workbookView xWindow="29730" yWindow="1185" windowWidth="21600" windowHeight="13875" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Stability" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Stability!$1:$12</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Diane McCoy</author>
   </authors>
   <commentList>
-    <comment ref="D195" authorId="0" shapeId="0" xr:uid="{C305B1E7-D0C8-4F75-8581-E6F33A960C69}">
+    <comment ref="D193" authorId="0" shapeId="0" xr:uid="{C305B1E7-D0C8-4F75-8581-E6F33A960C69}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Specimens between 4-6 hrs will be reported with a sample stability comment.
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1874" uniqueCount="354">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1864" uniqueCount="351">
   <si>
     <r>
       <t>D</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color indexed="18"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>EPARTMENT</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color indexed="18"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
@@ -785,53 +785,50 @@
       <t>(pH&lt; 3.0)</t>
     </r>
   </si>
   <si>
     <t>Carbamazepine</t>
   </si>
   <si>
     <t>Cardiolipin IgA, IgG &amp; IgM</t>
   </si>
   <si>
     <t>CBC</t>
   </si>
   <si>
     <t>CD 3</t>
   </si>
   <si>
     <t>CD 4</t>
   </si>
   <si>
     <t>CD 19</t>
   </si>
   <si>
     <t>CD 20</t>
   </si>
   <si>
-    <t>CD 25</t>
-[...1 lines deleted...]
-  <si>
     <t>CD 34 Lin (Blood)</t>
   </si>
   <si>
     <t>CTL sample  All samples will be analyzed.</t>
   </si>
   <si>
     <t>CD34 Lin Products</t>
   </si>
   <si>
     <t>CTL sample. All samples will be analyzed.</t>
   </si>
   <si>
     <t>CEA</t>
   </si>
   <si>
     <t>Cell Count, Body Fluid</t>
   </si>
   <si>
     <t xml:space="preserve">Cell Count, Peripheral (Differential) </t>
   </si>
   <si>
     <t>Ceruloplasmin</t>
   </si>
   <si>
     <t>6 Hr</t>
@@ -1183,53 +1180,50 @@
   <si>
     <t>LDL Direct</t>
   </si>
   <si>
     <t>Leuk/Lym</t>
   </si>
   <si>
     <t>Viability will determine if testing will be performed.  See procedure FLW.14</t>
   </si>
   <si>
     <t>LH</t>
   </si>
   <si>
     <t>Lidocaine</t>
   </si>
   <si>
     <t>Lipase</t>
   </si>
   <si>
     <t>Lithium</t>
   </si>
   <si>
     <t>Lupus Anticoagulant</t>
   </si>
   <si>
-    <t>Lym Sub 7</t>
-[...1 lines deleted...]
-  <si>
     <t>Lym Sub 13</t>
   </si>
   <si>
     <t>Magnesium</t>
   </si>
   <si>
     <t>Magnesium, Urine</t>
   </si>
   <si>
     <t>Measles (Rubeola) IgG</t>
   </si>
   <si>
     <t>Methanol</t>
   </si>
   <si>
     <t>Methotrexate</t>
   </si>
   <si>
     <t xml:space="preserve"> 2 Wk</t>
   </si>
   <si>
     <t>Microalbumin, Urine</t>
   </si>
   <si>
     <t>Mumps, IgG</t>
@@ -1535,53 +1529,50 @@
     <t>Chylomicrons, Fluid</t>
   </si>
   <si>
     <t>Protein, CSF / Fluid</t>
   </si>
   <si>
     <t>Triglyceride, Fluid</t>
   </si>
   <si>
     <t xml:space="preserve">2 Hr  </t>
   </si>
   <si>
     <t>Beta-Amyloid CSF (ABeta42)</t>
   </si>
   <si>
     <t>Phospho-Tau CSF (pTau)</t>
   </si>
   <si>
     <t>Total-Tau CSF (tTau)</t>
   </si>
   <si>
     <t>Troponin T</t>
   </si>
   <si>
     <t>Allergens (Specific IgE)</t>
-  </si>
-[...1 lines deleted...]
-    <t>24Hr</t>
   </si>
   <si>
     <t>Lym Sub 10</t>
   </si>
   <si>
     <t>6 Hr*</t>
   </si>
   <si>
     <t>Anti-TPO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="mmm\ yyyy"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
@@ -2312,51 +2303,51 @@
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="225">
+  <cellXfs count="226">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -2755,280 +2746,283 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...138 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -3362,238 +3356,238 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bjc.labqms.com/labFrame.asp?DID=41&amp;FLDVr=40" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L278"/>
+  <dimension ref="A1:L276"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="12" topLeftCell="A38" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="N9" sqref="N9"/>
+      <pane ySplit="12" topLeftCell="A13" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="M26" sqref="M26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="11.7109375" style="16" customWidth="1"/>
     <col min="3" max="7" width="9.7109375" style="16" customWidth="1"/>
     <col min="8" max="8" width="10.5703125" style="16" customWidth="1"/>
     <col min="9" max="10" width="9.7109375" style="16" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="16"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="202"/>
-[...2 lines deleted...]
-      <c r="H1" s="197" t="s">
+      <c r="A1" s="161"/>
+      <c r="B1" s="161"/>
+      <c r="C1" s="161"/>
+      <c r="H1" s="156" t="s">
         <v>0</v>
       </c>
-      <c r="I1" s="197"/>
-      <c r="J1" s="197"/>
+      <c r="I1" s="156"/>
+      <c r="J1" s="156"/>
     </row>
     <row r="2" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="202"/>
-[...4 lines deleted...]
-      <c r="J2" s="197"/>
+      <c r="A2" s="161"/>
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="H2" s="156"/>
+      <c r="I2" s="156"/>
+      <c r="J2" s="156"/>
     </row>
     <row r="3" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="202"/>
-[...4 lines deleted...]
-      <c r="J3" s="197"/>
+      <c r="A3" s="161"/>
+      <c r="B3" s="161"/>
+      <c r="C3" s="161"/>
+      <c r="H3" s="156"/>
+      <c r="I3" s="156"/>
+      <c r="J3" s="156"/>
     </row>
     <row r="4" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="202"/>
-[...4 lines deleted...]
-      <c r="J4" s="197"/>
+      <c r="A4" s="161"/>
+      <c r="B4" s="161"/>
+      <c r="C4" s="161"/>
+      <c r="H4" s="156"/>
+      <c r="I4" s="156"/>
+      <c r="J4" s="156"/>
     </row>
     <row r="5" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="202"/>
-[...4 lines deleted...]
-      <c r="J5" s="197"/>
+      <c r="A5" s="161"/>
+      <c r="B5" s="161"/>
+      <c r="C5" s="161"/>
+      <c r="H5" s="156"/>
+      <c r="I5" s="156"/>
+      <c r="J5" s="156"/>
     </row>
     <row r="6" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="203" t="s">
+      <c r="A6" s="162" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="204"/>
-      <c r="C6" s="204"/>
+      <c r="B6" s="163"/>
+      <c r="C6" s="163"/>
       <c r="D6" s="27"/>
       <c r="E6" s="27"/>
       <c r="F6" s="27"/>
       <c r="G6" s="27"/>
       <c r="H6" s="27"/>
       <c r="I6" s="28"/>
       <c r="J6" s="29"/>
     </row>
     <row r="7" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="8" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="B8" s="198" t="s">
+      <c r="B8" s="157" t="s">
         <v>3</v>
       </c>
-      <c r="C8" s="199"/>
-[...6 lines deleted...]
-      <c r="J8" s="199"/>
+      <c r="C8" s="158"/>
+      <c r="D8" s="158"/>
+      <c r="E8" s="158"/>
+      <c r="F8" s="158"/>
+      <c r="G8" s="158"/>
+      <c r="H8" s="158"/>
+      <c r="I8" s="158"/>
+      <c r="J8" s="158"/>
     </row>
     <row r="9" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="26" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="25">
         <v>36251</v>
       </c>
-      <c r="H9" s="205" t="s">
+      <c r="H9" s="164" t="s">
         <v>5</v>
       </c>
-      <c r="I9" s="206"/>
+      <c r="I9" s="165"/>
       <c r="J9" s="77">
-        <v>45748</v>
+        <v>46055</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="11" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="209" t="s">
+      <c r="A11" s="168" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="210"/>
-      <c r="C11" s="207" t="s">
+      <c r="B11" s="169"/>
+      <c r="C11" s="166" t="s">
         <v>7</v>
       </c>
-      <c r="D11" s="200"/>
-[...1 lines deleted...]
-      <c r="F11" s="207" t="s">
+      <c r="D11" s="159"/>
+      <c r="E11" s="167"/>
+      <c r="F11" s="166" t="s">
         <v>8</v>
       </c>
-      <c r="G11" s="208"/>
-      <c r="H11" s="200" t="s">
+      <c r="G11" s="167"/>
+      <c r="H11" s="159" t="s">
         <v>9</v>
       </c>
-      <c r="I11" s="200"/>
-      <c r="J11" s="201"/>
+      <c r="I11" s="159"/>
+      <c r="J11" s="160"/>
     </row>
     <row r="12" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="211"/>
-      <c r="B12" s="159"/>
+      <c r="A12" s="170"/>
+      <c r="B12" s="148"/>
       <c r="C12" s="20" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F12" s="21" t="s">
         <v>10</v>
       </c>
       <c r="G12" s="12" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="20" t="s">
         <v>10</v>
       </c>
       <c r="I12" s="10" t="s">
         <v>11</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="212" t="s">
+      <c r="A13" s="171" t="s">
         <v>14</v>
       </c>
-      <c r="B13" s="213"/>
+      <c r="B13" s="172"/>
       <c r="C13" s="32" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="22" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>18</v>
       </c>
       <c r="G13" s="23" t="s">
         <v>19</v>
       </c>
       <c r="H13" s="32" t="s">
         <v>15</v>
       </c>
       <c r="I13" s="22" t="s">
         <v>20</v>
       </c>
       <c r="J13" s="24" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="146" t="s">
         <v>21</v>
       </c>
-      <c r="B14" s="159"/>
+      <c r="B14" s="148"/>
       <c r="C14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="18" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J14" s="69" t="s">
         <v>24</v>
       </c>
     </row>
@@ -3625,77 +3619,77 @@
     </row>
     <row r="16" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="144" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="145"/>
       <c r="C16" s="9" t="s">
         <v>31</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E16" s="82" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="50"/>
       <c r="G16" s="53"/>
       <c r="H16" s="53"/>
       <c r="I16" s="53"/>
       <c r="J16" s="53"/>
     </row>
     <row r="17" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="144" t="s">
         <v>32</v>
       </c>
-      <c r="B17" s="169"/>
+      <c r="B17" s="149"/>
       <c r="C17" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E17" s="82" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="50"/>
       <c r="G17" s="53"/>
       <c r="H17" s="32" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="9" t="s">
         <v>17</v>
       </c>
       <c r="J17" s="35" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="144" t="s">
         <v>34</v>
       </c>
-      <c r="B18" s="169"/>
+      <c r="B18" s="149"/>
       <c r="C18" s="9" t="s">
         <v>35</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E18" s="82" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="50"/>
       <c r="G18" s="53"/>
       <c r="H18" s="32" t="s">
         <v>35</v>
       </c>
       <c r="I18" s="9" t="s">
         <v>17</v>
       </c>
       <c r="J18" s="35" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="144" t="s">
         <v>36</v>
       </c>
@@ -3763,651 +3757,647 @@
         <v>18</v>
       </c>
       <c r="E21" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="32" t="s">
         <v>18</v>
       </c>
       <c r="G21" s="30" t="s">
         <v>18</v>
       </c>
       <c r="H21" s="32" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="34" t="s">
         <v>18</v>
       </c>
       <c r="J21" s="101" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="144" t="s">
         <v>42</v>
       </c>
-      <c r="B22" s="169"/>
+      <c r="B22" s="149"/>
       <c r="C22" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D22" s="104" t="s">
         <v>17</v>
       </c>
       <c r="E22" s="105" t="s">
         <v>17</v>
       </c>
       <c r="F22" s="37"/>
       <c r="G22" s="36"/>
       <c r="H22" s="32" t="s">
         <v>23</v>
       </c>
       <c r="I22" s="9" t="s">
         <v>23</v>
       </c>
       <c r="J22" s="57" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="146" t="s">
         <v>43</v>
       </c>
-      <c r="B23" s="159"/>
+      <c r="B23" s="148"/>
       <c r="C23" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D23" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E23" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F23" s="22" t="s">
         <v>44</v>
       </c>
       <c r="G23" s="23" t="s">
         <v>18</v>
       </c>
       <c r="H23" s="32" t="s">
         <v>19</v>
       </c>
       <c r="I23" s="22" t="s">
         <v>45</v>
       </c>
       <c r="J23" s="24" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="146" t="s">
         <v>46</v>
       </c>
-      <c r="B24" s="159"/>
+      <c r="B24" s="148"/>
       <c r="C24" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>45</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G24" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H24" s="18" t="s">
         <v>50</v>
       </c>
       <c r="I24" s="2" t="s">
         <v>51</v>
       </c>
       <c r="J24" s="17" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="146" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="B25" s="159"/>
+        <v>330</v>
+      </c>
+      <c r="B25" s="148"/>
       <c r="C25" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>45</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G25" s="6" t="s">
         <v>47</v>
       </c>
       <c r="H25" s="18" t="s">
         <v>50</v>
       </c>
       <c r="I25" s="2" t="s">
         <v>51</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="146" t="s">
         <v>53</v>
       </c>
-      <c r="B26" s="159"/>
+      <c r="B26" s="148"/>
       <c r="C26" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="F26" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F26" s="37"/>
+      <c r="G26" s="36"/>
       <c r="H26" s="32" t="s">
         <v>23</v>
       </c>
       <c r="I26" s="22" t="s">
         <v>54</v>
       </c>
       <c r="J26" s="24" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="146" t="s">
         <v>55</v>
       </c>
-      <c r="B27" s="159"/>
+      <c r="B27" s="148"/>
       <c r="C27" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="18" t="s">
         <v>15</v>
       </c>
       <c r="I27" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="144" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="B28" s="145"/>
       <c r="C28" s="18" t="s">
         <v>23</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="18" t="s">
         <v>23</v>
       </c>
       <c r="I28" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="144" t="s">
         <v>57</v>
       </c>
       <c r="B29" s="145"/>
-      <c r="C29" s="214" t="s">
+      <c r="C29" s="173" t="s">
         <v>58</v>
       </c>
-      <c r="D29" s="215"/>
-      <c r="E29" s="216"/>
+      <c r="D29" s="174"/>
+      <c r="E29" s="175"/>
       <c r="F29" s="37"/>
       <c r="G29" s="36"/>
       <c r="H29" s="52"/>
       <c r="I29" s="37"/>
       <c r="J29" s="38"/>
     </row>
     <row r="30" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="146" t="s">
         <v>59</v>
       </c>
-      <c r="B30" s="159"/>
+      <c r="B30" s="148"/>
       <c r="C30" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I30" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J30" s="24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="146" t="s">
         <v>61</v>
       </c>
-      <c r="B31" s="159"/>
+      <c r="B31" s="148"/>
       <c r="C31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F31" s="37"/>
       <c r="G31" s="36"/>
       <c r="H31" s="18" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="8" t="s">
         <v>22</v>
       </c>
       <c r="J31" s="17" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="146" t="s">
         <v>63</v>
       </c>
-      <c r="B32" s="159"/>
+      <c r="B32" s="148"/>
       <c r="C32" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>48</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="18" t="s">
         <v>15</v>
       </c>
       <c r="I32" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="146" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="B33" s="159"/>
+        <v>331</v>
+      </c>
+      <c r="B33" s="148"/>
       <c r="C33" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>48</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="18" t="s">
         <v>15</v>
       </c>
       <c r="I33" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="144" t="s">
         <v>64</v>
       </c>
-      <c r="B34" s="169"/>
+      <c r="B34" s="149"/>
       <c r="C34" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D34" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E34" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G34" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I34" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J34" s="66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="144" t="s">
         <v>65</v>
       </c>
-      <c r="B35" s="169"/>
+      <c r="B35" s="149"/>
       <c r="C35" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D35" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E35" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F35" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G35" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I35" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J35" s="66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="144" t="s">
         <v>66</v>
       </c>
-      <c r="B36" s="169"/>
+      <c r="B36" s="149"/>
       <c r="C36" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D36" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E36" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F36" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G36" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I36" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J36" s="66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="144" t="s">
         <v>67</v>
       </c>
-      <c r="B37" s="169"/>
+      <c r="B37" s="149"/>
       <c r="C37" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D37" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E37" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G37" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I37" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J37" s="66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="144" t="s">
         <v>68</v>
       </c>
-      <c r="B38" s="169"/>
+      <c r="B38" s="149"/>
       <c r="C38" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D38" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E38" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F38" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G38" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I38" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J38" s="66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="144" t="s">
         <v>69</v>
       </c>
-      <c r="B39" s="169"/>
+      <c r="B39" s="149"/>
       <c r="C39" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D39" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E39" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F39" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G39" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I39" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J39" s="66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="144" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="B40" s="145"/>
-      <c r="C40" s="22" t="s">
-[...21 lines deleted...]
-        <v>93</v>
+      <c r="C40" s="139" t="s">
+        <v>23</v>
+      </c>
+      <c r="D40" s="139" t="s">
+        <v>18</v>
+      </c>
+      <c r="E40" s="143" t="s">
+        <v>17</v>
+      </c>
+      <c r="F40" s="139" t="s">
+        <v>60</v>
+      </c>
+      <c r="G40" s="143" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" s="136" t="s">
+        <v>60</v>
+      </c>
+      <c r="I40" s="139" t="s">
+        <v>15</v>
+      </c>
+      <c r="J40" s="225" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="41" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="144" t="s">
         <v>70</v>
       </c>
-      <c r="B41" s="169"/>
+      <c r="B41" s="149"/>
       <c r="C41" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D41" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E41" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F41" s="37"/>
       <c r="G41" s="36"/>
       <c r="H41" s="32" t="s">
         <v>23</v>
       </c>
       <c r="I41" s="22" t="s">
         <v>23</v>
       </c>
       <c r="J41" s="35" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="144" t="s">
         <v>72</v>
       </c>
-      <c r="B42" s="169"/>
+      <c r="B42" s="149"/>
       <c r="C42" s="9" t="s">
         <v>35</v>
       </c>
       <c r="D42" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E42" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F42" s="37"/>
       <c r="G42" s="36"/>
       <c r="H42" s="63" t="s">
         <v>44</v>
       </c>
       <c r="I42" s="9" t="s">
         <v>44</v>
       </c>
       <c r="J42" s="35" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="43" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="144" t="s">
         <v>73</v>
       </c>
-      <c r="B43" s="169"/>
+      <c r="B43" s="149"/>
       <c r="C43" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D43" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E43" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F43" s="50"/>
       <c r="G43" s="53"/>
       <c r="H43" s="64"/>
       <c r="I43" s="50"/>
       <c r="J43" s="51"/>
     </row>
     <row r="44" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="177" t="s">
         <v>74</v>
       </c>
       <c r="B44" s="178"/>
       <c r="C44" s="108" t="s">
         <v>48</v>
       </c>
       <c r="D44" s="109" t="s">
         <v>23</v>
@@ -4433,51 +4423,51 @@
     </row>
     <row r="45" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="144" t="s">
         <v>75</v>
       </c>
       <c r="B45" s="145"/>
       <c r="C45" s="91" t="s">
         <v>31</v>
       </c>
       <c r="D45" s="91" t="s">
         <v>17</v>
       </c>
       <c r="E45" s="92" t="s">
         <v>17</v>
       </c>
       <c r="F45" s="50"/>
       <c r="G45" s="53"/>
       <c r="H45" s="111"/>
       <c r="I45" s="112"/>
       <c r="J45" s="67"/>
     </row>
     <row r="46" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="146" t="s">
         <v>76</v>
       </c>
-      <c r="B46" s="196"/>
+      <c r="B46" s="176"/>
       <c r="C46" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D46" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E46" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F46" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G46" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I46" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J46" s="66" t="s">
         <v>38</v>
       </c>
     </row>
@@ -4491,51 +4481,51 @@
       </c>
       <c r="D47" s="22" t="s">
         <v>60</v>
       </c>
       <c r="E47" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F47" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G47" s="23" t="s">
         <v>60</v>
       </c>
       <c r="H47" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I47" s="22" t="s">
         <v>60</v>
       </c>
       <c r="J47" s="35" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="48" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="144" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B48" s="145"/>
       <c r="C48" s="22" t="s">
         <v>19</v>
       </c>
       <c r="D48" s="22" t="s">
         <v>45</v>
       </c>
       <c r="E48" s="23" t="s">
         <v>56</v>
       </c>
       <c r="F48" s="50"/>
       <c r="G48" s="134"/>
       <c r="H48" s="32" t="s">
         <v>19</v>
       </c>
       <c r="I48" s="22" t="s">
         <v>45</v>
       </c>
       <c r="J48" s="35" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="49" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="144" t="s">
@@ -4566,516 +4556,516 @@
     <row r="50" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="144" t="s">
         <v>80</v>
       </c>
       <c r="B50" s="145"/>
       <c r="C50" s="91" t="s">
         <v>23</v>
       </c>
       <c r="D50" s="91" t="s">
         <v>23</v>
       </c>
       <c r="E50" s="92" t="s">
         <v>81</v>
       </c>
       <c r="F50" s="50"/>
       <c r="G50" s="53"/>
       <c r="H50" s="64"/>
       <c r="I50" s="50"/>
       <c r="J50" s="51"/>
     </row>
     <row r="51" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="177" t="s">
         <v>82</v>
       </c>
       <c r="B51" s="178"/>
-      <c r="C51" s="183" t="s">
+      <c r="C51" s="186" t="s">
         <v>33</v>
       </c>
-      <c r="D51" s="186" t="s">
+      <c r="D51" s="189" t="s">
         <v>33</v>
       </c>
-      <c r="E51" s="189" t="s">
+      <c r="E51" s="192" t="s">
         <v>17</v>
       </c>
       <c r="F51" s="83" t="s">
         <v>83</v>
       </c>
       <c r="G51" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="H51" s="192" t="s">
+      <c r="H51" s="195" t="s">
         <v>22</v>
       </c>
-      <c r="I51" s="193" t="s">
+      <c r="I51" s="197" t="s">
         <v>22</v>
       </c>
-      <c r="J51" s="174" t="s">
+      <c r="J51" s="179" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="179"/>
-[...4 lines deleted...]
-      <c r="F52" s="172" t="s">
+      <c r="A52" s="182"/>
+      <c r="B52" s="183"/>
+      <c r="C52" s="187"/>
+      <c r="D52" s="190"/>
+      <c r="E52" s="193"/>
+      <c r="F52" s="196" t="s">
         <v>84</v>
       </c>
-      <c r="G52" s="173"/>
-[...2 lines deleted...]
-      <c r="J52" s="175"/>
+      <c r="G52" s="200"/>
+      <c r="H52" s="196"/>
+      <c r="I52" s="198"/>
+      <c r="J52" s="180"/>
     </row>
     <row r="53" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A53" s="181"/>
-[...3 lines deleted...]
-      <c r="E53" s="191"/>
+      <c r="A53" s="184"/>
+      <c r="B53" s="185"/>
+      <c r="C53" s="188"/>
+      <c r="D53" s="191"/>
+      <c r="E53" s="194"/>
       <c r="F53" s="106" t="s">
         <v>85</v>
       </c>
       <c r="G53" s="107" t="s">
         <v>86</v>
       </c>
-      <c r="H53" s="195" t="s">
+      <c r="H53" s="199" t="s">
         <v>84</v>
       </c>
-      <c r="I53" s="194"/>
-      <c r="J53" s="176"/>
+      <c r="I53" s="198"/>
+      <c r="J53" s="181"/>
     </row>
     <row r="54" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="146" t="s">
         <v>87</v>
       </c>
-      <c r="B54" s="159"/>
+      <c r="B54" s="148"/>
       <c r="C54" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E54" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G54" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H54" s="18" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="55" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="144" t="s">
         <v>88</v>
       </c>
-      <c r="B55" s="159"/>
+      <c r="B55" s="148"/>
       <c r="C55" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>33</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="61" t="s">
         <v>23</v>
       </c>
       <c r="I55" s="4" t="s">
         <v>15</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="144" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="B56" s="159"/>
+        <v>332</v>
+      </c>
+      <c r="B56" s="148"/>
       <c r="C56" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>33</v>
       </c>
       <c r="E56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F56" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G56" s="7" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="61" t="s">
         <v>23</v>
       </c>
       <c r="I56" s="4" t="s">
         <v>15</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="57" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="146" t="s">
         <v>89</v>
       </c>
-      <c r="B57" s="159"/>
+      <c r="B57" s="148"/>
       <c r="C57" s="80" t="s">
         <v>35</v>
       </c>
       <c r="D57" s="80" t="s">
         <v>35</v>
       </c>
       <c r="E57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F57" s="52"/>
       <c r="G57" s="36"/>
       <c r="H57" s="52"/>
       <c r="I57" s="54"/>
       <c r="J57" s="38"/>
     </row>
     <row r="58" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="146" t="s">
         <v>90</v>
       </c>
-      <c r="B58" s="159"/>
+      <c r="B58" s="148"/>
       <c r="C58" s="80" t="s">
         <v>35</v>
       </c>
       <c r="D58" s="80" t="s">
         <v>35</v>
       </c>
       <c r="E58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F58" s="37"/>
       <c r="G58" s="36"/>
       <c r="H58" s="52"/>
       <c r="I58" s="37"/>
       <c r="J58" s="38"/>
     </row>
     <row r="59" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="146" t="s">
         <v>91</v>
       </c>
-      <c r="B59" s="159"/>
+      <c r="B59" s="148"/>
       <c r="C59" s="80" t="s">
         <v>35</v>
       </c>
       <c r="D59" s="80" t="s">
         <v>35</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F59" s="41"/>
       <c r="G59" s="42"/>
       <c r="H59" s="62"/>
       <c r="I59" s="55"/>
       <c r="J59" s="56"/>
     </row>
     <row r="60" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="146" t="s">
         <v>92</v>
       </c>
-      <c r="B60" s="159"/>
+      <c r="B60" s="148"/>
       <c r="C60" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E60" s="82" t="s">
         <v>17</v>
       </c>
       <c r="F60" s="9" t="s">
         <v>60</v>
       </c>
       <c r="G60" s="23" t="s">
         <v>47</v>
       </c>
       <c r="H60" s="9" t="s">
         <v>60</v>
       </c>
       <c r="I60" s="9" t="s">
         <v>47</v>
       </c>
       <c r="J60" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="61" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="146" t="s">
         <v>94</v>
       </c>
-      <c r="B61" s="159"/>
+      <c r="B61" s="148"/>
       <c r="C61" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E61" s="82" t="s">
         <v>17</v>
       </c>
       <c r="F61" s="9" t="s">
         <v>19</v>
       </c>
       <c r="G61" s="23" t="s">
         <v>19</v>
       </c>
       <c r="H61" s="9" t="s">
         <v>19</v>
       </c>
       <c r="I61" s="9" t="s">
         <v>19</v>
       </c>
       <c r="J61" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="62" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="146" t="s">
         <v>96</v>
       </c>
-      <c r="B62" s="159"/>
+      <c r="B62" s="148"/>
       <c r="C62" s="9" t="s">
         <v>44</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E62" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F62" s="63" t="s">
         <v>37</v>
       </c>
       <c r="G62" s="9" t="s">
         <v>19</v>
       </c>
       <c r="H62" s="63" t="s">
         <v>37</v>
       </c>
       <c r="I62" s="9" t="s">
         <v>19</v>
       </c>
       <c r="J62" s="35" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="63" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="146" t="s">
         <v>98</v>
       </c>
-      <c r="B63" s="159"/>
+      <c r="B63" s="148"/>
       <c r="C63" s="9" t="s">
         <v>44</v>
       </c>
       <c r="D63" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E63" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F63" s="63" t="s">
         <v>99</v>
       </c>
       <c r="G63" s="9" t="s">
         <v>19</v>
       </c>
       <c r="H63" s="63" t="s">
         <v>99</v>
       </c>
       <c r="I63" s="9" t="s">
         <v>19</v>
       </c>
       <c r="J63" s="35" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="146" t="s">
         <v>100</v>
       </c>
-      <c r="B64" s="159"/>
+      <c r="B64" s="148"/>
       <c r="C64" s="9" t="s">
         <v>44</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E64" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F64" s="63" t="s">
         <v>19</v>
       </c>
       <c r="G64" s="9" t="s">
         <v>45</v>
       </c>
       <c r="H64" s="63" t="s">
         <v>19</v>
       </c>
       <c r="I64" s="9" t="s">
         <v>45</v>
       </c>
       <c r="J64" s="35" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="146" t="s">
         <v>101</v>
       </c>
-      <c r="B65" s="159"/>
+      <c r="B65" s="148"/>
       <c r="C65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G65" s="6" t="s">
         <v>102</v>
       </c>
       <c r="H65" s="18" t="s">
         <v>15</v>
       </c>
       <c r="I65" s="2" t="s">
         <v>102</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="66" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="146" t="s">
         <v>104</v>
       </c>
-      <c r="B66" s="159"/>
+      <c r="B66" s="148"/>
       <c r="C66" s="79" t="s">
         <v>22</v>
       </c>
       <c r="D66" s="33" t="s">
         <v>17</v>
       </c>
       <c r="E66" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F66" s="79" t="s">
         <v>23</v>
       </c>
       <c r="G66" s="82" t="s">
         <v>60</v>
       </c>
       <c r="H66" s="64"/>
       <c r="I66" s="49"/>
       <c r="J66" s="51"/>
     </row>
     <row r="67" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="146" t="s">
         <v>105</v>
       </c>
-      <c r="B67" s="159"/>
+      <c r="B67" s="148"/>
       <c r="C67" s="18" t="s">
         <v>18</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E67" s="84" t="s">
         <v>102</v>
       </c>
       <c r="F67" s="48"/>
       <c r="G67" s="45"/>
       <c r="H67" s="48"/>
       <c r="I67" s="49"/>
       <c r="J67" s="46"/>
     </row>
     <row r="68" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="144" t="s">
         <v>106</v>
       </c>
       <c r="B68" s="145"/>
       <c r="C68" s="32" t="s">
         <v>33</v>
       </c>
       <c r="D68" s="34" t="s">
         <v>33</v>
       </c>
       <c r="E68" s="94" t="s">
         <v>17</v>
       </c>
       <c r="F68" s="95" t="s">
         <v>18</v>
       </c>
       <c r="G68" s="96" t="s">
         <v>18</v>
       </c>
       <c r="H68" s="97" t="s">
         <v>19</v>
       </c>
       <c r="I68" s="86" t="s">
         <v>15</v>
       </c>
       <c r="J68" s="98" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="69" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="144" t="s">
         <v>107</v>
       </c>
-      <c r="B69" s="169"/>
+      <c r="B69" s="149"/>
       <c r="C69" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D69" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E69" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F69" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G69" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H69" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I69" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J69" s="66" t="s">
         <v>38</v>
       </c>
     </row>
@@ -5162,5509 +5152,5467 @@
     <row r="74" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="144" t="s">
         <v>112</v>
       </c>
       <c r="B74" s="145"/>
       <c r="C74" s="9" t="s">
         <v>99</v>
       </c>
       <c r="D74" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>17</v>
       </c>
       <c r="F74" s="41"/>
       <c r="G74" s="42"/>
       <c r="H74" s="62"/>
       <c r="I74" s="41"/>
       <c r="J74" s="43"/>
     </row>
     <row r="75" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="144" t="s">
         <v>113</v>
       </c>
       <c r="B75" s="145"/>
-      <c r="C75" s="9" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C75" s="217" t="s">
+        <v>114</v>
+      </c>
+      <c r="D75" s="218"/>
+      <c r="E75" s="218"/>
       <c r="F75" s="41"/>
       <c r="G75" s="42"/>
       <c r="H75" s="62"/>
       <c r="I75" s="41"/>
       <c r="J75" s="43"/>
     </row>
     <row r="76" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="144" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B76" s="145"/>
-      <c r="C76" s="151" t="s">
-[...3 lines deleted...]
-      <c r="E76" s="152"/>
+      <c r="C76" s="217" t="s">
+        <v>116</v>
+      </c>
+      <c r="D76" s="218"/>
+      <c r="E76" s="218"/>
       <c r="F76" s="41"/>
       <c r="G76" s="42"/>
       <c r="H76" s="62"/>
       <c r="I76" s="41"/>
       <c r="J76" s="43"/>
     </row>
     <row r="77" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A77" s="144" t="s">
-[...3 lines deleted...]
-      <c r="C77" s="151" t="s">
+      <c r="A77" s="146" t="s">
         <v>117</v>
       </c>
-      <c r="D77" s="152"/>
-[...5 lines deleted...]
-      <c r="J77" s="43"/>
+      <c r="B77" s="148"/>
+      <c r="C77" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D77" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E77" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F77" s="63" t="s">
+        <v>15</v>
+      </c>
+      <c r="G77" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H77" s="63" t="s">
+        <v>15</v>
+      </c>
+      <c r="I77" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="J77" s="35" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="78" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="146" t="s">
         <v>118</v>
       </c>
-      <c r="B78" s="159"/>
+      <c r="B78" s="147"/>
       <c r="C78" s="9" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="D78" s="9" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="E78" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="F78" s="63" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F78" s="48"/>
+      <c r="G78" s="45"/>
+      <c r="H78" s="48"/>
+      <c r="I78" s="49"/>
+      <c r="J78" s="46"/>
     </row>
     <row r="79" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="146" t="s">
         <v>119</v>
       </c>
-      <c r="B79" s="147"/>
+      <c r="B79" s="148"/>
       <c r="C79" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="D79" s="9" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E79" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="F79" s="48"/>
-[...3 lines deleted...]
-      <c r="J79" s="46"/>
+      <c r="F79" s="41"/>
+      <c r="G79" s="42"/>
+      <c r="H79" s="62"/>
+      <c r="I79" s="41"/>
+      <c r="J79" s="43"/>
     </row>
     <row r="80" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="146" t="s">
         <v>120</v>
       </c>
-      <c r="B80" s="159"/>
+      <c r="B80" s="148"/>
       <c r="C80" s="9" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="D80" s="9" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="E80" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="F80" s="41"/>
-[...3 lines deleted...]
-      <c r="J80" s="43"/>
+      <c r="F80" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G80" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="H80" s="63" t="s">
+        <v>79</v>
+      </c>
+      <c r="I80" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="J80" s="35" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="81" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="146" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-      <c r="C81" s="9" t="s">
         <v>122</v>
       </c>
-      <c r="D81" s="9" t="s">
-[...18 lines deleted...]
-        <v>24</v>
+      <c r="B81" s="148"/>
+      <c r="C81" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D81" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E81" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F81" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G81" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I81" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J81" s="66" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="82" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="146" t="s">
         <v>123</v>
       </c>
-      <c r="B82" s="159"/>
-[...22 lines deleted...]
-        <v>38</v>
+      <c r="B82" s="148"/>
+      <c r="C82" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G82" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="I82" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J82" s="3" t="s">
+        <v>124</v>
       </c>
     </row>
     <row r="83" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="146" t="s">
-        <v>124</v>
-[...23 lines deleted...]
-      <c r="J83" s="3" t="s">
         <v>125</v>
       </c>
+      <c r="B83" s="148"/>
+      <c r="C83" s="79" t="s">
+        <v>15</v>
+      </c>
+      <c r="D83" s="79" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="82" t="s">
+        <v>126</v>
+      </c>
+      <c r="F83" s="41"/>
+      <c r="G83" s="42"/>
+      <c r="H83" s="62"/>
+      <c r="I83" s="41"/>
+      <c r="J83" s="43"/>
     </row>
     <row r="84" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="146" t="s">
-        <v>126</v>
-[...8 lines deleted...]
-      <c r="E84" s="82" t="s">
         <v>127</v>
       </c>
-      <c r="F84" s="41"/>
-[...3 lines deleted...]
-      <c r="J84" s="43"/>
+      <c r="B84" s="148"/>
+      <c r="C84" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G84" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="I84" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J84" s="3" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="85" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="146" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="B85" s="159"/>
+        <v>333</v>
+      </c>
+      <c r="B85" s="148"/>
       <c r="C85" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G85" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H85" s="18" t="s">
         <v>15</v>
       </c>
       <c r="I85" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="146" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="B86" s="159"/>
+        <v>338</v>
+      </c>
+      <c r="B86" s="148"/>
       <c r="C86" s="2" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="E86" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G86" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="18" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="J86" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="I86" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="J86" s="17" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="146" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="B87" s="159"/>
+        <v>339</v>
+      </c>
+      <c r="B87" s="148"/>
       <c r="C87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>60</v>
       </c>
       <c r="E87" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G87" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="18" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="8" t="s">
         <v>15</v>
       </c>
       <c r="J87" s="17" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="146" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="B88" s="159"/>
+        <v>128</v>
+      </c>
+      <c r="B88" s="148"/>
       <c r="C88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="E88" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G88" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="I88" s="8" t="s">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="I88" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J88" s="3" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="89" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="146" t="s">
         <v>129</v>
       </c>
-      <c r="B89" s="159"/>
+      <c r="B89" s="148"/>
       <c r="C89" s="2" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E89" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="F89" s="2" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F89" s="37"/>
+      <c r="G89" s="36"/>
+      <c r="H89" s="52"/>
+      <c r="I89" s="37"/>
+      <c r="J89" s="38"/>
     </row>
     <row r="90" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="146" t="s">
         <v>130</v>
       </c>
-      <c r="B90" s="159"/>
-[...13 lines deleted...]
-      <c r="J90" s="38"/>
+      <c r="B90" s="148"/>
+      <c r="C90" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D90" s="22" t="s">
+        <v>99</v>
+      </c>
+      <c r="E90" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F90" s="22" t="s">
+        <v>48</v>
+      </c>
+      <c r="G90" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="H90" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="I90" s="22" t="s">
+        <v>79</v>
+      </c>
+      <c r="J90" s="24" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="91" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="146" t="s">
         <v>131</v>
       </c>
-      <c r="B91" s="159"/>
+      <c r="B91" s="148"/>
       <c r="C91" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D91" s="22" t="s">
         <v>99</v>
       </c>
       <c r="E91" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F91" s="22" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="G91" s="23" t="s">
         <v>79</v>
       </c>
       <c r="H91" s="32" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="I91" s="22" t="s">
         <v>79</v>
       </c>
       <c r="J91" s="24" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="146" t="s">
         <v>132</v>
       </c>
-      <c r="B92" s="159"/>
-[...21 lines deleted...]
-      <c r="J92" s="24" t="s">
+      <c r="B92" s="148"/>
+      <c r="C92" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="G92" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H92" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="I92" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="J92" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="201" t="s">
+        <v>134</v>
+      </c>
+      <c r="B93" s="202"/>
+      <c r="C93" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" s="79" t="s">
+        <v>23</v>
+      </c>
+      <c r="E93" s="82" t="s">
+        <v>17</v>
+      </c>
+      <c r="F93" s="79" t="s">
+        <v>15</v>
+      </c>
+      <c r="G93" s="82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H93" s="60" t="s">
+        <v>15</v>
+      </c>
+      <c r="I93" s="79" t="s">
+        <v>15</v>
+      </c>
+      <c r="J93" s="1" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="93" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-[...28 lines deleted...]
-    </row>
     <row r="94" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A94" s="170" t="s">
-[...21 lines deleted...]
-      <c r="I94" s="79" t="s">
+      <c r="A94" s="201" t="s">
+        <v>334</v>
+      </c>
+      <c r="B94" s="202"/>
+      <c r="C94" s="133" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" s="133" t="s">
+        <v>23</v>
+      </c>
+      <c r="E94" s="131" t="s">
+        <v>17</v>
+      </c>
+      <c r="F94" s="133" t="s">
+        <v>15</v>
+      </c>
+      <c r="G94" s="131" t="s">
+        <v>15</v>
+      </c>
+      <c r="H94" s="128" t="s">
+        <v>15</v>
+      </c>
+      <c r="I94" s="133" t="s">
         <v>15</v>
       </c>
       <c r="J94" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="170" t="s">
-[...26 lines deleted...]
-      </c>
+      <c r="A95" s="146" t="s">
+        <v>135</v>
+      </c>
+      <c r="B95" s="148"/>
+      <c r="C95" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" s="79" t="s">
+        <v>47</v>
+      </c>
+      <c r="E95" s="82" t="s">
+        <v>38</v>
+      </c>
+      <c r="F95" s="41"/>
+      <c r="G95" s="42"/>
+      <c r="H95" s="62"/>
+      <c r="I95" s="41"/>
+      <c r="J95" s="43"/>
     </row>
     <row r="96" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="146" t="s">
         <v>136</v>
       </c>
-      <c r="B96" s="159"/>
+      <c r="B96" s="148"/>
       <c r="C96" s="79" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="D96" s="79" t="s">
-        <v>47</v>
-[...8 lines deleted...]
-      <c r="J96" s="43"/>
+        <v>48</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F96" s="79" t="s">
+        <v>23</v>
+      </c>
+      <c r="G96" s="82" t="s">
+        <v>48</v>
+      </c>
+      <c r="H96" s="60" t="s">
+        <v>137</v>
+      </c>
+      <c r="I96" s="79" t="s">
+        <v>56</v>
+      </c>
+      <c r="J96" s="1" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="97" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="146" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="B97" s="159"/>
+        <v>139</v>
+      </c>
+      <c r="B97" s="148"/>
       <c r="C97" s="79" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="D97" s="79" t="s">
-        <v>48</v>
-[...18 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="E97" s="82" t="s">
+        <v>17</v>
+      </c>
+      <c r="F97" s="50"/>
+      <c r="G97" s="53"/>
+      <c r="H97" s="64"/>
+      <c r="I97" s="50"/>
+      <c r="J97" s="51"/>
     </row>
     <row r="98" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A98" s="146" t="s">
+      <c r="A98" s="144" t="s">
         <v>140</v>
       </c>
-      <c r="B98" s="159"/>
-[...10 lines deleted...]
-      <c r="G98" s="53"/>
+      <c r="B98" s="145"/>
+      <c r="C98" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D98" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="30" t="s">
+        <v>45</v>
+      </c>
+      <c r="F98" s="37"/>
+      <c r="G98" s="36"/>
       <c r="H98" s="64"/>
       <c r="I98" s="50"/>
       <c r="J98" s="51"/>
     </row>
     <row r="99" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="144" t="s">
         <v>141</v>
       </c>
-      <c r="B99" s="145"/>
-[...13 lines deleted...]
-      <c r="J99" s="51"/>
+      <c r="B99" s="149"/>
+      <c r="C99" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D99" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E99" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F99" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="G99" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H99" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I99" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J99" s="66" t="s">
+        <v>38</v>
+      </c>
+      <c r="L99" s="72"/>
     </row>
     <row r="100" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A100" s="144" t="s">
+      <c r="A100" s="212" t="s">
         <v>142</v>
       </c>
-      <c r="B100" s="169"/>
+      <c r="B100" s="213"/>
       <c r="C100" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D100" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E100" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F100" s="22" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="G100" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H100" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I100" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J100" s="66" t="s">
         <v>38</v>
       </c>
-      <c r="L100" s="72"/>
     </row>
     <row r="101" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A101" s="219" t="s">
+      <c r="A101" s="146" t="s">
         <v>143</v>
       </c>
-      <c r="B101" s="220"/>
+      <c r="B101" s="147"/>
       <c r="C101" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D101" s="22" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E101" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="F101" s="22" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F101" s="37"/>
+      <c r="G101" s="36"/>
       <c r="H101" s="32" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>23</v>
+      </c>
+      <c r="I101" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="J101" s="35" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="102" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="146" t="s">
         <v>144</v>
       </c>
       <c r="B102" s="147"/>
       <c r="C102" s="22" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="D102" s="22" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="E102" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="F102" s="37"/>
-      <c r="G102" s="36"/>
+      <c r="F102" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G102" s="23" t="s">
+        <v>60</v>
+      </c>
       <c r="H102" s="32" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="I102" s="22" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="J102" s="35" t="s">
-        <v>71</v>
+        <v>133</v>
       </c>
     </row>
     <row r="103" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="146" t="s">
         <v>145</v>
       </c>
-      <c r="B103" s="147"/>
+      <c r="B103" s="148"/>
       <c r="C103" s="22" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="D103" s="22" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="E103" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F103" s="22" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="G103" s="23" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="H103" s="32" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I103" s="22" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>15</v>
+      </c>
+      <c r="J103" s="24" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="104" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="146" t="s">
         <v>146</v>
       </c>
-      <c r="B104" s="159"/>
+      <c r="B104" s="148"/>
       <c r="C104" s="22" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="D104" s="22" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="E104" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F104" s="22" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="G104" s="23" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="H104" s="32" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="J104" s="24" t="s">
+        <v>60</v>
+      </c>
+      <c r="I104" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J104" s="66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="105" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="146" t="s">
         <v>147</v>
       </c>
-      <c r="B105" s="159"/>
-[...23 lines deleted...]
-      </c>
+      <c r="B105" s="148"/>
+      <c r="C105" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F105" s="50"/>
+      <c r="G105" s="53"/>
+      <c r="H105" s="52"/>
+      <c r="I105" s="50"/>
+      <c r="J105" s="51"/>
     </row>
     <row r="106" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="146" t="s">
         <v>148</v>
       </c>
-      <c r="B106" s="159"/>
-[...13 lines deleted...]
-      <c r="J106" s="51"/>
+      <c r="B106" s="148"/>
+      <c r="C106" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D106" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E106" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F106" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="G106" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H106" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I106" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J106" s="66" t="s">
+        <v>38</v>
+      </c>
+      <c r="L106" s="72"/>
     </row>
     <row r="107" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="146" t="s">
         <v>149</v>
       </c>
-      <c r="B107" s="159"/>
+      <c r="B107" s="148"/>
       <c r="C107" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D107" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E107" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F107" s="22" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="G107" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H107" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I107" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J107" s="66" t="s">
         <v>38</v>
       </c>
       <c r="L107" s="72"/>
     </row>
     <row r="108" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="146" t="s">
         <v>150</v>
       </c>
-      <c r="B108" s="159"/>
-[...23 lines deleted...]
-      </c>
+      <c r="B108" s="148"/>
+      <c r="C108" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D108" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E108" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F108" s="50"/>
+      <c r="G108" s="53"/>
+      <c r="H108" s="52"/>
+      <c r="I108" s="50"/>
+      <c r="J108" s="51"/>
       <c r="L108" s="72"/>
     </row>
     <row r="109" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="146" t="s">
         <v>151</v>
       </c>
-      <c r="B109" s="159"/>
-[...14 lines deleted...]
-      <c r="L109" s="72"/>
+      <c r="B109" s="148"/>
+      <c r="C109" s="79" t="s">
+        <v>23</v>
+      </c>
+      <c r="D109" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="E109" s="82" t="s">
+        <v>17</v>
+      </c>
+      <c r="F109" s="79" t="s">
+        <v>23</v>
+      </c>
+      <c r="G109" s="82" t="s">
+        <v>18</v>
+      </c>
+      <c r="H109" s="60" t="s">
+        <v>23</v>
+      </c>
+      <c r="I109" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="J109" s="1" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="110" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="146" t="s">
         <v>152</v>
       </c>
-      <c r="B110" s="159"/>
-[...22 lines deleted...]
-        <v>38</v>
+      <c r="B110" s="148"/>
+      <c r="C110" s="95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" s="93" t="s">
+        <v>18</v>
+      </c>
+      <c r="E110" s="96" t="s">
+        <v>17</v>
+      </c>
+      <c r="F110" s="95" t="s">
+        <v>18</v>
+      </c>
+      <c r="G110" s="96" t="s">
+        <v>16</v>
+      </c>
+      <c r="H110" s="95" t="s">
+        <v>153</v>
+      </c>
+      <c r="I110" s="99" t="s">
+        <v>16</v>
+      </c>
+      <c r="J110" s="24" t="s">
+        <v>154</v>
       </c>
     </row>
     <row r="111" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A111" s="146" t="s">
-[...24 lines deleted...]
-      <c r="J111" s="24" t="s">
+      <c r="A111" s="144" t="s">
         <v>155</v>
       </c>
-    </row>
-    <row r="112" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B111" s="145"/>
+      <c r="C111" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E111" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F111" s="37"/>
+      <c r="G111" s="36"/>
+      <c r="H111" s="63" t="s">
+        <v>18</v>
+      </c>
+      <c r="I111" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="J111" s="98" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="144" t="s">
         <v>156</v>
       </c>
       <c r="B112" s="145"/>
-      <c r="C112" s="9" t="s">
-        <v>18</v>
+      <c r="C112" s="86" t="s">
+        <v>15</v>
       </c>
       <c r="D112" s="9" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="F112" s="37"/>
+        <v>15</v>
+      </c>
+      <c r="E112" s="31" t="s">
+        <v>45</v>
+      </c>
+      <c r="F112" s="52"/>
       <c r="G112" s="36"/>
-      <c r="H112" s="63" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H112" s="52"/>
+      <c r="I112" s="70"/>
+      <c r="J112" s="71"/>
     </row>
     <row r="113" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="144" t="s">
         <v>157</v>
       </c>
-      <c r="B113" s="145"/>
-[...1 lines deleted...]
-        <v>15</v>
+      <c r="B113" s="149"/>
+      <c r="C113" s="9" t="s">
+        <v>33</v>
       </c>
       <c r="D113" s="9" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="F113" s="52"/>
+        <v>33</v>
+      </c>
+      <c r="E113" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F113" s="37"/>
       <c r="G113" s="36"/>
-      <c r="H113" s="52"/>
-[...1 lines deleted...]
-      <c r="J113" s="71"/>
+      <c r="H113" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="I113" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="J113" s="35" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="114" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="144" t="s">
         <v>158</v>
       </c>
-      <c r="B114" s="169"/>
+      <c r="B114" s="149"/>
       <c r="C114" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D114" s="9" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="E114" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F114" s="37"/>
       <c r="G114" s="36"/>
       <c r="H114" s="32" t="s">
         <v>33</v>
       </c>
       <c r="I114" s="9" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="J114" s="35" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="144" t="s">
         <v>159</v>
       </c>
-      <c r="B115" s="169"/>
+      <c r="B115" s="149"/>
       <c r="C115" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D115" s="9" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E115" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F115" s="37"/>
       <c r="G115" s="36"/>
       <c r="H115" s="32" t="s">
         <v>33</v>
       </c>
       <c r="I115" s="9" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="J115" s="35" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      <c r="A116" s="144" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="146" t="s">
         <v>160</v>
       </c>
-      <c r="B116" s="169"/>
-[...18 lines deleted...]
-        <v>71</v>
+      <c r="B116" s="148"/>
+      <c r="C116" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D116" s="37"/>
+      <c r="E116" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G116" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H116" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="I116" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J116" s="3" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="146" t="s">
         <v>161</v>
       </c>
-      <c r="B117" s="159"/>
-[...21 lines deleted...]
-      </c>
+      <c r="B117" s="148"/>
+      <c r="C117" s="79" t="s">
+        <v>31</v>
+      </c>
+      <c r="D117" s="86" t="s">
+        <v>31</v>
+      </c>
+      <c r="E117" s="82" t="s">
+        <v>17</v>
+      </c>
+      <c r="F117" s="37"/>
+      <c r="G117" s="36"/>
+      <c r="H117" s="52"/>
+      <c r="I117" s="37"/>
+      <c r="J117" s="38"/>
     </row>
     <row r="118" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="146" t="s">
         <v>162</v>
       </c>
-      <c r="B118" s="159"/>
+      <c r="B118" s="148"/>
       <c r="C118" s="79" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>23</v>
+      </c>
+      <c r="D118" s="9" t="s">
+        <v>23</v>
       </c>
       <c r="E118" s="82" t="s">
         <v>17</v>
       </c>
       <c r="F118" s="37"/>
       <c r="G118" s="36"/>
-      <c r="H118" s="52"/>
-[...1 lines deleted...]
-      <c r="J118" s="38"/>
+      <c r="H118" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="I118" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="J118" s="3" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="119" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="146" t="s">
         <v>163</v>
       </c>
-      <c r="B119" s="159"/>
-[...1 lines deleted...]
-        <v>23</v>
+      <c r="B119" s="147"/>
+      <c r="C119" s="9" t="s">
+        <v>121</v>
       </c>
       <c r="D119" s="9" t="s">
-        <v>23</v>
-[...13 lines deleted...]
-        <v>71</v>
+        <v>44</v>
+      </c>
+      <c r="E119" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F119" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G119" s="23" t="s">
+        <v>164</v>
+      </c>
+      <c r="H119" s="32" t="s">
+        <v>15</v>
+      </c>
+      <c r="I119" s="22" t="s">
+        <v>164</v>
+      </c>
+      <c r="J119" s="24" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="120" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="146" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B120" s="147"/>
-      <c r="C120" s="9" t="s">
-[...21 lines deleted...]
-        <v>38</v>
+      <c r="C120" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D120" s="37"/>
+      <c r="E120" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="G120" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H120" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="I120" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J120" s="3" t="s">
+        <v>166</v>
       </c>
     </row>
     <row r="121" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="146" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B121" s="147"/>
       <c r="C121" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D121" s="37"/>
+        <v>44</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>23</v>
+      </c>
       <c r="E121" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="G121" s="6" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="H121" s="18" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="I121" s="2" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="J121" s="3" t="s">
-        <v>167</v>
+        <v>38</v>
       </c>
     </row>
     <row r="122" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="146" t="s">
         <v>168</v>
       </c>
-      <c r="B122" s="147"/>
-[...23 lines deleted...]
-      </c>
+      <c r="B122" s="148"/>
+      <c r="C122" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D122" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F122" s="50"/>
+      <c r="G122" s="53"/>
+      <c r="H122" s="64"/>
+      <c r="I122" s="50"/>
+      <c r="J122" s="51"/>
     </row>
     <row r="123" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="146" t="s">
         <v>169</v>
       </c>
-      <c r="B123" s="159"/>
-[...13 lines deleted...]
-      <c r="J123" s="51"/>
+      <c r="B123" s="147"/>
+      <c r="C123" s="79" t="s">
+        <v>23</v>
+      </c>
+      <c r="D123" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="E123" s="82" t="s">
+        <v>17</v>
+      </c>
+      <c r="F123" s="79" t="s">
+        <v>15</v>
+      </c>
+      <c r="G123" s="82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H123" s="60" t="s">
+        <v>15</v>
+      </c>
+      <c r="I123" s="79" t="s">
+        <v>15</v>
+      </c>
+      <c r="J123" s="1" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="124" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A124" s="146" t="s">
+      <c r="A124" s="144" t="s">
         <v>170</v>
       </c>
-      <c r="B124" s="147"/>
-[...22 lines deleted...]
-        <v>24</v>
+      <c r="B124" s="145"/>
+      <c r="C124" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D124" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E124" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F124" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G124" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="H124" s="32" t="s">
+        <v>37</v>
+      </c>
+      <c r="I124" s="31" t="s">
+        <v>15</v>
+      </c>
+      <c r="J124" s="57" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="125" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="144" t="s">
         <v>171</v>
       </c>
-      <c r="B125" s="145"/>
-[...4 lines deleted...]
-        <v>23</v>
+      <c r="B125" s="149"/>
+      <c r="C125" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D125" s="22" t="s">
+        <v>18</v>
       </c>
       <c r="E125" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="F125" s="9" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="F125" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G125" s="23" t="s">
+        <v>15</v>
       </c>
       <c r="H125" s="32" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>60</v>
+      </c>
+      <c r="I125" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J125" s="66" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="126" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="144" t="s">
         <v>172</v>
       </c>
-      <c r="B126" s="169"/>
+      <c r="B126" s="149"/>
       <c r="C126" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D126" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E126" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F126" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G126" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H126" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I126" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J126" s="66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="127" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A127" s="144" t="s">
+      <c r="A127" s="146" t="s">
         <v>173</v>
       </c>
-      <c r="B127" s="169"/>
+      <c r="B127" s="147"/>
       <c r="C127" s="22" t="s">
-        <v>23</v>
-[...20 lines deleted...]
-        <v>38</v>
+        <v>22</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F127" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="G127" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H127" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="I127" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="J127" s="3" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="128" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="146" t="s">
+        <v>175</v>
+      </c>
+      <c r="B128" s="147"/>
+      <c r="C128" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D128" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F128" s="37"/>
+      <c r="G128" s="36"/>
+      <c r="H128" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="I128" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J128" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="B128" s="147"/>
-      <c r="C128" s="22" t="s">
+    </row>
+    <row r="129" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="144" t="s">
+        <v>176</v>
+      </c>
+      <c r="B129" s="145"/>
+      <c r="C129" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="D128" s="2" t="s">
+      <c r="D129" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E128" s="6" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="E129" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="F129" s="37"/>
-      <c r="G129" s="36"/>
+      <c r="F129" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="G129" s="30" t="s">
+        <v>177</v>
+      </c>
       <c r="H129" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I129" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J129" s="3" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="130" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A130" s="144" t="s">
-[...2 lines deleted...]
-      <c r="B130" s="145"/>
+      <c r="A130" s="146" t="s">
+        <v>335</v>
+      </c>
+      <c r="B130" s="147"/>
       <c r="C130" s="2" t="s">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>26</v>
+        <v>178</v>
       </c>
       <c r="E130" s="6" t="s">
-        <v>17</v>
-[...14 lines deleted...]
-        <v>175</v>
+        <v>179</v>
+      </c>
+      <c r="F130" s="44"/>
+      <c r="G130" s="45"/>
+      <c r="H130" s="136" t="s">
+        <v>174</v>
+      </c>
+      <c r="I130" s="139" t="s">
+        <v>60</v>
+      </c>
+      <c r="J130" s="140" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="131" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="146" t="s">
-        <v>337</v>
+        <v>180</v>
       </c>
       <c r="B131" s="147"/>
       <c r="C131" s="2" t="s">
-        <v>175</v>
+        <v>60</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>179</v>
+        <v>15</v>
       </c>
       <c r="E131" s="6" t="s">
-        <v>180</v>
+        <v>38</v>
       </c>
       <c r="F131" s="44"/>
       <c r="G131" s="45"/>
-      <c r="H131" s="136" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H131" s="48"/>
+      <c r="I131" s="44"/>
+      <c r="J131" s="46"/>
     </row>
     <row r="132" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="146" t="s">
         <v>181</v>
       </c>
       <c r="B132" s="147"/>
-      <c r="C132" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E132" s="6" t="s">
+      <c r="C132" s="79" t="s">
+        <v>79</v>
+      </c>
+      <c r="D132" s="79" t="s">
+        <v>154</v>
+      </c>
+      <c r="E132" s="82" t="s">
+        <v>17</v>
+      </c>
+      <c r="F132" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="H132" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="I132" s="79" t="s">
+        <v>182</v>
+      </c>
+      <c r="J132" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="F132" s="44"/>
-[...3 lines deleted...]
-      <c r="J132" s="46"/>
     </row>
     <row r="133" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A133" s="146" t="s">
-[...2 lines deleted...]
-      <c r="B133" s="147"/>
+      <c r="A133" s="144" t="s">
+        <v>183</v>
+      </c>
+      <c r="B133" s="145"/>
       <c r="C133" s="79" t="s">
-        <v>79</v>
+        <v>184</v>
       </c>
       <c r="D133" s="79" t="s">
-        <v>155</v>
+        <v>17</v>
       </c>
       <c r="E133" s="82" t="s">
         <v>17</v>
       </c>
-      <c r="F133" s="2" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F133" s="44"/>
+      <c r="G133" s="45"/>
+      <c r="H133" s="48"/>
+      <c r="I133" s="44"/>
+      <c r="J133" s="46"/>
     </row>
     <row r="134" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A134" s="144" t="s">
-[...2 lines deleted...]
-      <c r="B134" s="145"/>
+      <c r="A134" s="146" t="s">
+        <v>185</v>
+      </c>
+      <c r="B134" s="147"/>
       <c r="C134" s="79" t="s">
-        <v>185</v>
+        <v>44</v>
       </c>
       <c r="D134" s="79" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E134" s="82" t="s">
         <v>17</v>
       </c>
-      <c r="F134" s="44"/>
-[...3 lines deleted...]
-      <c r="J134" s="46"/>
+      <c r="F134" s="120" t="s">
+        <v>19</v>
+      </c>
+      <c r="G134" s="121" t="s">
+        <v>45</v>
+      </c>
+      <c r="H134" s="60" t="s">
+        <v>19</v>
+      </c>
+      <c r="I134" s="79" t="s">
+        <v>45</v>
+      </c>
+      <c r="J134" s="1" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="135" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="146" t="s">
         <v>186</v>
       </c>
       <c r="B135" s="147"/>
-      <c r="C135" s="79" t="s">
-[...8 lines deleted...]
-      <c r="F135" s="120" t="s">
+      <c r="C135" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D135" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="G135" s="121" t="s">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="E135" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F135" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G135" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H135" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="I135" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J135" s="3" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="136" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="146" t="s">
+        <v>203</v>
+      </c>
+      <c r="B136" s="147"/>
+      <c r="C136" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D136" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="E136" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F136" s="50"/>
+      <c r="G136" s="123"/>
+      <c r="H136" s="50"/>
+      <c r="I136" s="124"/>
+      <c r="J136" s="125"/>
+    </row>
+    <row r="137" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="144" t="s">
+        <v>329</v>
+      </c>
+      <c r="B137" s="145"/>
+      <c r="C137" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D137" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E137" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F137" s="37"/>
+      <c r="G137" s="36"/>
+      <c r="H137" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I137" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J137" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="146" t="s">
         <v>187</v>
       </c>
-      <c r="B136" s="147"/>
-[...69 lines deleted...]
-      </c>
+      <c r="B138" s="147"/>
+      <c r="C138" s="44"/>
+      <c r="D138" s="44"/>
+      <c r="E138" s="45"/>
+      <c r="F138" s="44"/>
+      <c r="G138" s="45"/>
+      <c r="H138" s="48"/>
+      <c r="I138" s="44"/>
+      <c r="J138" s="46"/>
     </row>
     <row r="139" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A139" s="146" t="s">
+      <c r="A139" s="150" t="s">
         <v>188</v>
       </c>
-      <c r="B139" s="147"/>
-[...7 lines deleted...]
-      <c r="J139" s="46"/>
+      <c r="B139" s="151"/>
+      <c r="C139" s="79" t="s">
+        <v>35</v>
+      </c>
+      <c r="D139" s="47"/>
+      <c r="E139" s="42"/>
+      <c r="F139" s="41"/>
+      <c r="G139" s="42"/>
+      <c r="H139" s="62"/>
+      <c r="I139" s="41"/>
+      <c r="J139" s="43"/>
     </row>
     <row r="140" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A140" s="221" t="s">
+      <c r="A140" s="150" t="s">
         <v>189</v>
       </c>
-      <c r="B140" s="222"/>
-      <c r="C140" s="79" t="s">
+      <c r="B140" s="151"/>
+      <c r="C140" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="D140" s="47"/>
-[...5 lines deleted...]
-      <c r="J140" s="43"/>
+      <c r="D140" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E140" s="45"/>
+      <c r="F140" s="44"/>
+      <c r="G140" s="45"/>
+      <c r="H140" s="48"/>
+      <c r="I140" s="44"/>
+      <c r="J140" s="46"/>
     </row>
     <row r="141" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A141" s="221" t="s">
+      <c r="A141" s="150" t="s">
         <v>190</v>
       </c>
-      <c r="B141" s="222"/>
+      <c r="B141" s="151"/>
       <c r="C141" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D141" s="8" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="E141" s="45"/>
       <c r="F141" s="44"/>
       <c r="G141" s="45"/>
       <c r="H141" s="48"/>
       <c r="I141" s="44"/>
       <c r="J141" s="46"/>
     </row>
     <row r="142" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A142" s="221" t="s">
+      <c r="A142" s="146" t="s">
         <v>191</v>
       </c>
-      <c r="B142" s="222"/>
-[...11 lines deleted...]
-      <c r="J142" s="46"/>
+      <c r="B142" s="148"/>
+      <c r="C142" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="D142" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="E142" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F142" s="37"/>
+      <c r="G142" s="36"/>
+      <c r="H142" s="32" t="s">
+        <v>17</v>
+      </c>
+      <c r="I142" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="J142" s="66" t="s">
+        <v>192</v>
+      </c>
     </row>
     <row r="143" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="146" t="s">
-        <v>192</v>
-[...19 lines deleted...]
-      <c r="J143" s="66" t="s">
         <v>193</v>
+      </c>
+      <c r="B143" s="147"/>
+      <c r="C143" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D143" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E143" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F143" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G143" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="H143" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I143" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="J143" s="35" t="s">
+        <v>194</v>
       </c>
     </row>
     <row r="144" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="146" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B144" s="147"/>
       <c r="C144" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D144" s="9" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="E144" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>60</v>
+      </c>
+      <c r="G144" s="30" t="s">
+        <v>15</v>
       </c>
       <c r="H144" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I144" s="9" t="s">
         <v>45</v>
       </c>
       <c r="J144" s="35" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
     </row>
     <row r="145" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="146" t="s">
         <v>196</v>
       </c>
       <c r="B145" s="147"/>
       <c r="C145" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D145" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F145" s="9" t="s">
         <v>60</v>
       </c>
       <c r="G145" s="30" t="s">
         <v>15</v>
       </c>
       <c r="H145" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I145" s="9" t="s">
         <v>45</v>
       </c>
       <c r="J145" s="35" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
     </row>
     <row r="146" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="146" t="s">
         <v>197</v>
       </c>
       <c r="B146" s="147"/>
       <c r="C146" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D146" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F146" s="9" t="s">
         <v>60</v>
       </c>
       <c r="G146" s="30" t="s">
         <v>15</v>
       </c>
       <c r="H146" s="9" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="I146" s="9" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="J146" s="35" t="s">
-        <v>195</v>
+        <v>17</v>
       </c>
     </row>
     <row r="147" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="146" t="s">
         <v>198</v>
       </c>
       <c r="B147" s="147"/>
       <c r="C147" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D147" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E147" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F147" s="9" t="s">
         <v>60</v>
       </c>
       <c r="G147" s="30" t="s">
         <v>15</v>
       </c>
       <c r="H147" s="9" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>199</v>
+      </c>
+      <c r="I147" s="122" t="s">
+        <v>200</v>
       </c>
       <c r="J147" s="35" t="s">
-        <v>17</v>
+        <v>194</v>
       </c>
     </row>
     <row r="148" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="146" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B148" s="147"/>
       <c r="C148" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D148" s="9" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="E148" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F148" s="9" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="G148" s="30" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="H148" s="9" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>23</v>
+      </c>
+      <c r="I148" s="9" t="s">
+        <v>47</v>
       </c>
       <c r="J148" s="35" t="s">
-        <v>195</v>
+        <v>17</v>
       </c>
     </row>
     <row r="149" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="146" t="s">
         <v>202</v>
       </c>
       <c r="B149" s="147"/>
       <c r="C149" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D149" s="9" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E149" s="30" t="s">
         <v>17</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="G149" s="30" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="H149" s="9" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="I149" s="9" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="J149" s="35" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="150" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A150" s="146" t="s">
-[...25 lines deleted...]
-        <v>17</v>
+      <c r="A150" s="144" t="s">
+        <v>204</v>
+      </c>
+      <c r="B150" s="145"/>
+      <c r="C150" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D150" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E150" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F150" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="G150" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H150" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I150" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J150" s="66" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="151" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A151" s="144" t="s">
+      <c r="A151" s="146" t="s">
         <v>205</v>
       </c>
-      <c r="B151" s="145"/>
-      <c r="C151" s="22" t="s">
+      <c r="B151" s="147"/>
+      <c r="C151" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D151" s="22" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E151" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F151" s="22" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="G151" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="H151" s="32" t="s">
-[...2 lines deleted...]
-      <c r="I151" s="34" t="s">
+      <c r="H151" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="I151" s="22" t="s">
         <v>15</v>
       </c>
       <c r="J151" s="66" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="152" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="146" t="s">
         <v>206</v>
       </c>
-      <c r="B152" s="147"/>
-[...1 lines deleted...]
-        <v>23</v>
+      <c r="B152" s="148"/>
+      <c r="C152" s="22" t="s">
+        <v>207</v>
       </c>
       <c r="D152" s="22" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F152" s="22" t="s">
-        <v>60</v>
+        <v>207</v>
       </c>
       <c r="G152" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H152" s="22" t="s">
-        <v>60</v>
+        <v>207</v>
       </c>
       <c r="I152" s="22" t="s">
         <v>15</v>
       </c>
       <c r="J152" s="66" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="153" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="146" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="B153" s="159"/>
+        <v>208</v>
+      </c>
+      <c r="B153" s="147"/>
       <c r="C153" s="22" t="s">
-        <v>208</v>
+        <v>35</v>
       </c>
       <c r="D153" s="22" t="s">
-        <v>15</v>
+        <v>121</v>
       </c>
       <c r="E153" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F153" s="22" t="s">
-        <v>208</v>
+        <v>23</v>
       </c>
       <c r="G153" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H153" s="22" t="s">
-        <v>208</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>23</v>
+      </c>
+      <c r="I153" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J153" s="57" t="s">
+        <v>209</v>
       </c>
     </row>
     <row r="154" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="146" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="B154" s="147"/>
+        <v>210</v>
+      </c>
+      <c r="B154" s="148"/>
       <c r="C154" s="22" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="D154" s="22" t="s">
-        <v>122</v>
+        <v>18</v>
       </c>
       <c r="E154" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F154" s="22" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G154" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="H154" s="22" t="s">
-        <v>23</v>
+      <c r="H154" s="32" t="s">
+        <v>60</v>
       </c>
       <c r="I154" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="J154" s="57" t="s">
-        <v>210</v>
+      <c r="J154" s="66" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="155" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A155" s="146" t="s">
+      <c r="A155" s="144" t="s">
         <v>211</v>
       </c>
-      <c r="B155" s="159"/>
+      <c r="B155" s="145"/>
       <c r="C155" s="22" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="D155" s="22" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E155" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="F155" s="22" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F155" s="37"/>
+      <c r="G155" s="36"/>
+      <c r="H155" s="52"/>
+      <c r="I155" s="54"/>
+      <c r="J155" s="71"/>
     </row>
     <row r="156" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="144" t="s">
         <v>212</v>
       </c>
       <c r="B156" s="145"/>
       <c r="C156" s="22" t="s">
-        <v>99</v>
+        <v>31</v>
       </c>
       <c r="D156" s="22" t="s">
         <v>17</v>
       </c>
       <c r="E156" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F156" s="37"/>
       <c r="G156" s="36"/>
       <c r="H156" s="52"/>
       <c r="I156" s="54"/>
       <c r="J156" s="71"/>
     </row>
-    <row r="157" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A157" s="144" t="s">
+    <row r="157" spans="1:12" ht="23.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="146" t="s">
         <v>213</v>
       </c>
-      <c r="B157" s="145"/>
+      <c r="B157" s="147"/>
       <c r="C157" s="22" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="D157" s="22" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E157" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="F157" s="37"/>
-[...5 lines deleted...]
-    <row r="158" spans="1:12" ht="23.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="F157" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G157" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H157" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I157" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J157" s="66" t="s">
+        <v>38</v>
+      </c>
+      <c r="L157" s="72"/>
+    </row>
+    <row r="158" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="146" t="s">
         <v>214</v>
       </c>
       <c r="B158" s="147"/>
       <c r="C158" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D158" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E158" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F158" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G158" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H158" s="32" t="s">
-        <v>60</v>
+        <v>182</v>
       </c>
       <c r="I158" s="34" t="s">
-        <v>15</v>
+        <v>182</v>
       </c>
       <c r="J158" s="66" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="L158" s="72"/>
+        <v>182</v>
+      </c>
     </row>
     <row r="159" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="146" t="s">
         <v>215</v>
       </c>
       <c r="B159" s="147"/>
       <c r="C159" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D159" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E159" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F159" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G159" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H159" s="32" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="I159" s="34" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="J159" s="66" t="s">
-        <v>183</v>
+        <v>38</v>
       </c>
     </row>
     <row r="160" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="146" t="s">
         <v>216</v>
       </c>
       <c r="B160" s="147"/>
       <c r="C160" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D160" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E160" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F160" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G160" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H160" s="32" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="I160" s="34" t="s">
-        <v>15</v>
+        <v>182</v>
       </c>
       <c r="J160" s="66" t="s">
-        <v>38</v>
+        <v>182</v>
       </c>
     </row>
     <row r="161" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="146" t="s">
         <v>217</v>
       </c>
       <c r="B161" s="147"/>
       <c r="C161" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D161" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E161" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F161" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G161" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H161" s="32" t="s">
+        <v>56</v>
+      </c>
+      <c r="I161" s="34" t="s">
         <v>52</v>
       </c>
-      <c r="I161" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J161" s="66" t="s">
-        <v>183</v>
+        <v>38</v>
       </c>
     </row>
     <row r="162" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="146" t="s">
         <v>218</v>
       </c>
-      <c r="B162" s="147"/>
+      <c r="B162" s="148"/>
       <c r="C162" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D162" s="22" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E162" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F162" s="22" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="G162" s="23" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H162" s="32" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="I162" s="34" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="J162" s="66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="163" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="146" t="s">
         <v>219</v>
       </c>
-      <c r="B163" s="159"/>
+      <c r="B163" s="147"/>
       <c r="C163" s="22" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="D163" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E163" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F163" s="22" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G163" s="23" t="s">
-        <v>19</v>
+        <v>102</v>
       </c>
       <c r="H163" s="32" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="I163" s="34" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>102</v>
+      </c>
+      <c r="J163" s="57" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="164" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="146" t="s">
         <v>220</v>
       </c>
       <c r="B164" s="147"/>
       <c r="C164" s="22" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D164" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E164" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F164" s="22" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="G164" s="23" t="s">
-        <v>102</v>
+        <v>15</v>
       </c>
       <c r="H164" s="32" t="s">
-        <v>15</v>
+        <v>221</v>
       </c>
       <c r="I164" s="34" t="s">
-        <v>102</v>
+        <v>15</v>
       </c>
       <c r="J164" s="57" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="165" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A165" s="146" t="s">
-[...18 lines deleted...]
-      <c r="H165" s="32" t="s">
+      <c r="A165" s="144" t="s">
         <v>222</v>
       </c>
-      <c r="I165" s="34" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="B165" s="145"/>
+      <c r="C165" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D165" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E165" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F165" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G165" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H165" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="I165" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="J165" s="100" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="166" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="144" t="s">
         <v>223</v>
       </c>
-      <c r="B166" s="145"/>
+      <c r="B166" s="149"/>
       <c r="C166" s="9" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D166" s="9" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E166" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="F166" s="9" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F166" s="37"/>
+      <c r="G166" s="36"/>
+      <c r="H166" s="52"/>
+      <c r="I166" s="54"/>
+      <c r="J166" s="67"/>
     </row>
     <row r="167" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A167" s="144" t="s">
+      <c r="A167" s="146" t="s">
         <v>224</v>
       </c>
-      <c r="B167" s="169"/>
-[...6 lines deleted...]
-      <c r="E167" s="30" t="s">
+      <c r="B167" s="147"/>
+      <c r="C167" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E167" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F167" s="37"/>
       <c r="G167" s="36"/>
-      <c r="H167" s="52"/>
-[...1 lines deleted...]
-      <c r="J167" s="67"/>
+      <c r="H167" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="I167" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="J167" s="17" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="168" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="146" t="s">
         <v>225</v>
       </c>
       <c r="B168" s="147"/>
       <c r="C168" s="2" t="s">
-        <v>22</v>
+        <v>226</v>
       </c>
       <c r="D168" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E168" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F168" s="37"/>
       <c r="G168" s="36"/>
-      <c r="H168" s="18" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H168" s="52"/>
+      <c r="I168" s="54"/>
+      <c r="J168" s="67"/>
     </row>
     <row r="169" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="146" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B169" s="147"/>
       <c r="C169" s="2" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="D169" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E169" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="F169" s="37"/>
-[...3 lines deleted...]
-      <c r="J169" s="67"/>
+      <c r="F169" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="G169" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H169" s="18" t="s">
+        <v>228</v>
+      </c>
+      <c r="I169" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="J169" s="17" t="s">
+        <v>229</v>
+      </c>
     </row>
     <row r="170" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="146" t="s">
-        <v>228</v>
+        <v>336</v>
       </c>
       <c r="B170" s="147"/>
       <c r="C170" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E170" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G170" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H170" s="18" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="I170" s="8" t="s">
         <v>48</v>
       </c>
       <c r="J170" s="17" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="146" t="s">
         <v>230</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B171" s="147"/>
-      <c r="C171" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D171" s="2" t="s">
+      <c r="C171" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D171" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F171" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G171" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H171" s="63" t="s">
+        <v>18</v>
+      </c>
+      <c r="I171" s="58" t="s">
+        <v>15</v>
+      </c>
+      <c r="J171" s="66" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="144" t="s">
+        <v>231</v>
+      </c>
+      <c r="B172" s="145"/>
+      <c r="C172" s="119" t="s">
+        <v>232</v>
+      </c>
+      <c r="D172" s="116"/>
+      <c r="E172" s="117"/>
+      <c r="F172" s="115"/>
+      <c r="G172" s="53"/>
+      <c r="H172" s="64"/>
+      <c r="I172" s="118"/>
+      <c r="J172" s="38"/>
+    </row>
+    <row r="173" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="146" t="s">
+        <v>233</v>
+      </c>
+      <c r="B173" s="147"/>
+      <c r="C173" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D173" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F173" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G173" s="30" t="s">
+        <v>19</v>
+      </c>
+      <c r="H173" s="63" t="s">
+        <v>19</v>
+      </c>
+      <c r="I173" s="58" t="s">
+        <v>45</v>
+      </c>
+      <c r="J173" s="66" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="144" t="s">
+        <v>234</v>
+      </c>
+      <c r="B174" s="145"/>
+      <c r="C174" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="E171" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F171" s="2" t="s">
+      <c r="D174" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="G171" s="6" t="s">
-[...38 lines deleted...]
-      <c r="J172" s="66" t="s">
+      <c r="E174" s="96" t="s">
+        <v>17</v>
+      </c>
+      <c r="F174" s="99" t="s">
+        <v>23</v>
+      </c>
+      <c r="G174" s="96" t="s">
+        <v>15</v>
+      </c>
+      <c r="H174" s="95" t="s">
+        <v>23</v>
+      </c>
+      <c r="I174" s="93" t="s">
+        <v>15</v>
+      </c>
+      <c r="J174" s="101" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="146" t="s">
+        <v>235</v>
+      </c>
+      <c r="B175" s="147"/>
+      <c r="C175" s="83" t="s">
+        <v>23</v>
+      </c>
+      <c r="D175" s="83" t="s">
+        <v>23</v>
+      </c>
+      <c r="E175" s="81" t="s">
+        <v>17</v>
+      </c>
+      <c r="F175" s="83" t="s">
+        <v>15</v>
+      </c>
+      <c r="G175" s="81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H175" s="113" t="s">
+        <v>228</v>
+      </c>
+      <c r="I175" s="114" t="s">
+        <v>15</v>
+      </c>
+      <c r="J175" s="17" t="s">
         <v>24</v>
-      </c>
-[...74 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="176" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="146" t="s">
-        <v>236</v>
+        <v>337</v>
       </c>
       <c r="B176" s="147"/>
-      <c r="C176" s="83" t="s">
-[...17 lines deleted...]
-      <c r="I176" s="114" t="s">
+      <c r="C176" s="132" t="s">
+        <v>23</v>
+      </c>
+      <c r="D176" s="132" t="s">
+        <v>23</v>
+      </c>
+      <c r="E176" s="130" t="s">
+        <v>17</v>
+      </c>
+      <c r="F176" s="132" t="s">
+        <v>15</v>
+      </c>
+      <c r="G176" s="130" t="s">
+        <v>15</v>
+      </c>
+      <c r="H176" s="127" t="s">
+        <v>228</v>
+      </c>
+      <c r="I176" s="129" t="s">
         <v>15</v>
       </c>
       <c r="J176" s="17" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="177" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A177" s="146" t="s">
-[...25 lines deleted...]
-        <v>24</v>
+      <c r="A177" s="144" t="s">
+        <v>236</v>
+      </c>
+      <c r="B177" s="145"/>
+      <c r="C177" s="99" t="s">
+        <v>33</v>
+      </c>
+      <c r="D177" s="99" t="s">
+        <v>33</v>
+      </c>
+      <c r="E177" s="96" t="s">
+        <v>17</v>
+      </c>
+      <c r="F177" s="99" t="s">
+        <v>23</v>
+      </c>
+      <c r="G177" s="96" t="s">
+        <v>15</v>
+      </c>
+      <c r="H177" s="95" t="s">
+        <v>23</v>
+      </c>
+      <c r="I177" s="93" t="s">
+        <v>15</v>
+      </c>
+      <c r="J177" s="101" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="178" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="144" t="s">
         <v>237</v>
       </c>
       <c r="B178" s="145"/>
-      <c r="C178" s="99" t="s">
+      <c r="C178" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="D178" s="99" t="s">
+      <c r="D178" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="E178" s="96" t="s">
-[...15 lines deleted...]
-        <v>38</v>
+      <c r="E178" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F178" s="37"/>
+      <c r="G178" s="36"/>
+      <c r="H178" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="I178" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="J178" s="66" t="s">
+        <v>192</v>
       </c>
     </row>
     <row r="179" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A179" s="144" t="s">
-[...9 lines deleted...]
-      <c r="E179" s="23" t="s">
+      <c r="A179" s="152" t="s">
+        <v>348</v>
+      </c>
+      <c r="B179" s="153"/>
+      <c r="C179" s="139" t="s">
+        <v>23</v>
+      </c>
+      <c r="D179" s="139" t="s">
+        <v>17</v>
+      </c>
+      <c r="E179" s="143" t="s">
         <v>17</v>
       </c>
       <c r="F179" s="37"/>
       <c r="G179" s="36"/>
-      <c r="H179" s="32" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H179" s="36"/>
+      <c r="I179" s="36"/>
+      <c r="J179" s="36"/>
     </row>
     <row r="180" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="144" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B180" s="145"/>
       <c r="C180" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D180" s="22" t="s">
         <v>17</v>
       </c>
       <c r="E180" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F180" s="37"/>
       <c r="G180" s="36"/>
       <c r="H180" s="36"/>
       <c r="I180" s="36"/>
       <c r="J180" s="36"/>
     </row>
     <row r="181" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="223" t="s">
-[...19 lines deleted...]
-      <c r="A182" s="144" t="s">
+      <c r="A181" s="146" t="s">
+        <v>239</v>
+      </c>
+      <c r="B181" s="147"/>
+      <c r="C181" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E181" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G181" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H181" s="18" t="s">
+        <v>228</v>
+      </c>
+      <c r="I181" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="J181" s="17" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="146" t="s">
         <v>240</v>
       </c>
-      <c r="B182" s="145"/>
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="B182" s="147"/>
+      <c r="C182" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E182" s="6" t="s">
+        <v>24</v>
       </c>
       <c r="F182" s="37"/>
       <c r="G182" s="36"/>
-      <c r="H182" s="36"/>
-[...3 lines deleted...]
-    <row r="183" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H182" s="52"/>
+      <c r="I182" s="54"/>
+      <c r="J182" s="67"/>
+    </row>
+    <row r="183" spans="1:12" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="146" t="s">
         <v>241</v>
       </c>
-      <c r="B183" s="147"/>
-[...22 lines deleted...]
-        <v>24</v>
+      <c r="B183" s="148"/>
+      <c r="C183" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D183" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E183" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F183" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="G183" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H183" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I183" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J183" s="66" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="184" spans="1:12" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A184" s="146" t="s">
+      <c r="A184" s="144" t="s">
         <v>242</v>
       </c>
-      <c r="B184" s="147"/>
-[...16 lines deleted...]
-      <c r="A185" s="146" t="s">
+      <c r="B184" s="145"/>
+      <c r="C184" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D184" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E184" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F184" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G184" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H184" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="I184" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="J184" s="100" t="s">
+        <v>41</v>
+      </c>
+      <c r="K184" s="16"/>
+      <c r="L184" s="72"/>
+    </row>
+    <row r="185" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="144" t="s">
         <v>243</v>
       </c>
-      <c r="B185" s="159"/>
-[...21 lines deleted...]
-      <c r="J185" s="66" t="s">
+      <c r="B185" s="145"/>
+      <c r="C185" s="99" t="s">
+        <v>37</v>
+      </c>
+      <c r="D185" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="E185" s="96" t="s">
+        <v>17</v>
+      </c>
+      <c r="F185" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="G185" s="94" t="s">
+        <v>60</v>
+      </c>
+      <c r="H185" s="95" t="s">
+        <v>37</v>
+      </c>
+      <c r="I185" s="102" t="s">
+        <v>244</v>
+      </c>
+      <c r="J185" s="100" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="186" spans="1:12" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="186" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="144" t="s">
-        <v>244</v>
-[...3 lines deleted...]
-        <v>18</v>
+        <v>245</v>
+      </c>
+      <c r="B186" s="149"/>
+      <c r="C186" s="22" t="s">
+        <v>15</v>
       </c>
       <c r="D186" s="9" t="s">
-        <v>18</v>
-[...16 lines deleted...]
-      <c r="J186" s="100" t="s">
         <v>41</v>
       </c>
-      <c r="K186" s="16"/>
-      <c r="L186" s="72"/>
+      <c r="E186" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="F186" s="37"/>
+      <c r="G186" s="36"/>
+      <c r="H186" s="52"/>
+      <c r="I186" s="54"/>
+      <c r="J186" s="67"/>
     </row>
     <row r="187" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="144" t="s">
-        <v>245</v>
-[...20 lines deleted...]
-      <c r="I187" s="102" t="s">
         <v>246</v>
       </c>
-      <c r="J187" s="100" t="s">
+      <c r="B187" s="149"/>
+      <c r="C187" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D187" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E187" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F187" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="G187" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H187" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I187" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J187" s="66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="188" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="144" t="s">
         <v>247</v>
       </c>
-      <c r="B188" s="169"/>
+      <c r="B188" s="149"/>
       <c r="C188" s="22" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>23</v>
+      </c>
+      <c r="D188" s="22" t="s">
+        <v>18</v>
       </c>
       <c r="E188" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F188" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G188" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H188" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I188" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J188" s="66" t="s">
         <v>38</v>
       </c>
-      <c r="F188" s="37"/>
-[...3 lines deleted...]
-      <c r="J188" s="67"/>
+      <c r="L188" s="72"/>
     </row>
     <row r="189" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A189" s="144" t="s">
+      <c r="A189" s="146" t="s">
         <v>248</v>
       </c>
-      <c r="B189" s="169"/>
-[...6 lines deleted...]
-      <c r="E189" s="23" t="s">
+      <c r="B189" s="147"/>
+      <c r="C189" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E189" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F189" s="22" t="s">
-        <v>17</v>
+        <v>121</v>
       </c>
       <c r="G189" s="23" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="H189" s="32" t="s">
-        <v>60</v>
+        <v>249</v>
       </c>
       <c r="I189" s="34" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="J189" s="57" t="s">
+        <v>20</v>
+      </c>
+      <c r="L189" s="72"/>
     </row>
     <row r="190" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="144" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="B190" s="169"/>
+        <v>250</v>
+      </c>
+      <c r="B190" s="145"/>
       <c r="C190" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>44</v>
+      </c>
+      <c r="D190" s="9" t="s">
+        <v>44</v>
       </c>
       <c r="E190" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="F190" s="22" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F190" s="50"/>
+      <c r="G190" s="36"/>
       <c r="H190" s="32" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      <c r="J190" s="66" t="s">
+        <v>18</v>
+      </c>
+      <c r="I190" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="J190" s="57" t="s">
+        <v>20</v>
+      </c>
+      <c r="L190" s="72"/>
+    </row>
+    <row r="191" spans="1:12" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="144" t="s">
+        <v>251</v>
+      </c>
+      <c r="B191" s="149"/>
+      <c r="C191" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D191" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E191" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F191" s="50"/>
+      <c r="G191" s="36"/>
+      <c r="H191" s="32" t="s">
+        <v>18</v>
+      </c>
+      <c r="I191" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="J191" s="57" t="s">
         <v>38</v>
       </c>
-      <c r="L190" s="72"/>
-[...30 lines deleted...]
-      <c r="L191" s="72"/>
     </row>
     <row r="192" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="144" t="s">
         <v>252</v>
       </c>
-      <c r="B192" s="145"/>
-[...1 lines deleted...]
-        <v>44</v>
+      <c r="B192" s="149"/>
+      <c r="C192" s="79" t="s">
+        <v>33</v>
       </c>
       <c r="D192" s="9" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      <c r="F192" s="50"/>
+        <v>17</v>
+      </c>
+      <c r="E192" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F192" s="37"/>
       <c r="G192" s="36"/>
-      <c r="H192" s="32" t="s">
-[...10 lines deleted...]
-    <row r="193" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H192" s="52"/>
+      <c r="I192" s="54"/>
+      <c r="J192" s="67"/>
+    </row>
+    <row r="193" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="144" t="s">
         <v>253</v>
       </c>
-      <c r="B193" s="169"/>
-[...1 lines deleted...]
-        <v>23</v>
+      <c r="B193" s="145"/>
+      <c r="C193" s="79" t="s">
+        <v>35</v>
       </c>
       <c r="D193" s="9" t="s">
-        <v>23</v>
+        <v>349</v>
       </c>
       <c r="E193" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F193" s="50"/>
-      <c r="G193" s="36"/>
-[...8 lines deleted...]
-      </c>
+      <c r="G193" s="53"/>
+      <c r="H193" s="52"/>
+      <c r="I193" s="70"/>
+      <c r="J193" s="71"/>
     </row>
     <row r="194" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="144" t="s">
         <v>254</v>
       </c>
-      <c r="B194" s="169"/>
-      <c r="C194" s="79" t="s">
+      <c r="B194" s="145"/>
+      <c r="C194" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D194" s="9" t="s">
-        <v>17</v>
-[...8 lines deleted...]
-      <c r="J194" s="67"/>
+        <v>33</v>
+      </c>
+      <c r="E194" s="96" t="s">
+        <v>17</v>
+      </c>
+      <c r="F194" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G194" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H194" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I194" s="58" t="s">
+        <v>15</v>
+      </c>
+      <c r="J194" s="66" t="s">
+        <v>166</v>
+      </c>
     </row>
     <row r="195" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="144" t="s">
         <v>255</v>
       </c>
       <c r="B195" s="145"/>
-      <c r="C195" s="79" t="s">
+      <c r="C195" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="D195" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E195" s="96" t="s">
+        <v>17</v>
+      </c>
+      <c r="F195" s="86" t="s">
+        <v>18</v>
+      </c>
+      <c r="G195" s="94" t="s">
+        <v>18</v>
+      </c>
+      <c r="H195" s="95" t="s">
+        <v>18</v>
+      </c>
+      <c r="I195" s="102" t="s">
+        <v>15</v>
+      </c>
+      <c r="J195" s="100" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="146" t="s">
+        <v>256</v>
+      </c>
+      <c r="B196" s="147"/>
+      <c r="C196" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D196" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E196" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F196" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="G196" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H196" s="18" t="s">
+        <v>174</v>
+      </c>
+      <c r="I196" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="J196" s="17" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="146" t="s">
+        <v>257</v>
+      </c>
+      <c r="B197" s="147"/>
+      <c r="C197" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D197" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E197" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F197" s="37"/>
+      <c r="G197" s="36"/>
+      <c r="H197" s="52"/>
+      <c r="I197" s="54"/>
+      <c r="J197" s="67"/>
+    </row>
+    <row r="198" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="144" t="s">
+        <v>344</v>
+      </c>
+      <c r="B198" s="145"/>
+      <c r="C198" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="D198" s="22" t="s">
+        <v>45</v>
+      </c>
+      <c r="E198" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="F198" s="50"/>
+      <c r="G198" s="134"/>
+      <c r="H198" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="I198" s="22" t="s">
+        <v>45</v>
+      </c>
+      <c r="J198" s="35" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="219" t="s">
+        <v>258</v>
+      </c>
+      <c r="B199" s="220"/>
+      <c r="C199" s="18" t="s">
+        <v>259</v>
+      </c>
+      <c r="D199" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="E199" s="209"/>
+      <c r="F199" s="203"/>
+      <c r="G199" s="209"/>
+      <c r="H199" s="203"/>
+      <c r="I199" s="206"/>
+      <c r="J199" s="214"/>
+    </row>
+    <row r="200" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="221"/>
+      <c r="B200" s="222"/>
+      <c r="C200" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="D200" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="E200" s="210"/>
+      <c r="F200" s="204"/>
+      <c r="G200" s="210"/>
+      <c r="H200" s="204"/>
+      <c r="I200" s="207"/>
+      <c r="J200" s="215"/>
+    </row>
+    <row r="201" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="223"/>
+      <c r="B201" s="224"/>
+      <c r="C201" s="18" t="s">
+        <v>262</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="E201" s="211"/>
+      <c r="F201" s="205"/>
+      <c r="G201" s="211"/>
+      <c r="H201" s="205"/>
+      <c r="I201" s="208"/>
+      <c r="J201" s="216"/>
+    </row>
+    <row r="202" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="146" t="s">
+        <v>264</v>
+      </c>
+      <c r="B202" s="147"/>
+      <c r="C202" s="79" t="s">
+        <v>33</v>
+      </c>
+      <c r="D202" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="D195" s="9" t="s">
-[...16 lines deleted...]
-      <c r="C196" s="9" t="s">
+      <c r="E202" s="82" t="s">
+        <v>17</v>
+      </c>
+      <c r="F202" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G202" s="30" t="s">
+        <v>44</v>
+      </c>
+      <c r="H202" s="63" t="s">
+        <v>16</v>
+      </c>
+      <c r="I202" s="58" t="s">
+        <v>16</v>
+      </c>
+      <c r="J202" s="66" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="146" t="s">
+        <v>265</v>
+      </c>
+      <c r="B203" s="147"/>
+      <c r="C203" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D196" s="9" t="s">
-[...77 lines deleted...]
-      <c r="J198" s="17" t="s">
+      <c r="D203" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E203" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F203" s="9" t="s">
+        <v>266</v>
+      </c>
+      <c r="G203" s="30" t="s">
+        <v>267</v>
+      </c>
+      <c r="H203" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="I203" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="J203" s="17" t="s">
         <v>24</v>
       </c>
-    </row>
-[...94 lines deleted...]
-      <c r="J203" s="150"/>
     </row>
     <row r="204" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="146" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B204" s="147"/>
-      <c r="C204" s="79" t="s">
-[...14 lines deleted...]
-      <c r="H204" s="63" t="s">
+      <c r="C204" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="I204" s="58" t="s">
+      <c r="D204" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="J204" s="66" t="s">
+      <c r="E204" s="15" t="s">
         <v>24</v>
       </c>
+      <c r="F204" s="39"/>
+      <c r="G204" s="40"/>
+      <c r="H204" s="65"/>
+      <c r="I204" s="59"/>
+      <c r="J204" s="68"/>
     </row>
     <row r="205" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="146" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B205" s="147"/>
-      <c r="C205" s="2" t="s">
-[...20 lines deleted...]
-      <c r="J205" s="17" t="s">
+      <c r="C205" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="D205" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="E205" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F205" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="G205" s="34" t="s">
+        <v>38</v>
+      </c>
+      <c r="H205" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I205" s="34" t="s">
+        <v>38</v>
+      </c>
+      <c r="J205" s="57" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="206" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="146" t="s">
         <v>270</v>
       </c>
       <c r="B206" s="147"/>
-      <c r="C206" s="14" t="s">
-[...12 lines deleted...]
-      <c r="J206" s="68"/>
+      <c r="C206" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="D206" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="E206" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F206" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="G206" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="H206" s="32" t="s">
+        <v>174</v>
+      </c>
+      <c r="I206" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="J206" s="57" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="207" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="146" t="s">
         <v>271</v>
       </c>
       <c r="B207" s="147"/>
       <c r="C207" s="22" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="D207" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E207" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="F207" s="32" t="s">
-[...2 lines deleted...]
-      <c r="G207" s="34" t="s">
+      <c r="F207" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="G207" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="H207" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="I207" s="34" t="s">
+        <v>45</v>
+      </c>
+      <c r="J207" s="57" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="208" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="146" t="s">
         <v>272</v>
       </c>
-      <c r="B208" s="147"/>
+      <c r="B208" s="148"/>
       <c r="C208" s="22" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="D208" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E208" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="F208" s="22" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F208" s="37"/>
+      <c r="G208" s="36"/>
       <c r="H208" s="32" t="s">
-        <v>175</v>
+        <v>23</v>
       </c>
       <c r="I208" s="34" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="J208" s="57" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="209" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="146" t="s">
-        <v>273</v>
+        <v>340</v>
       </c>
       <c r="B209" s="147"/>
-      <c r="C209" s="22" t="s">
-[...11 lines deleted...]
-      <c r="G209" s="23" t="s">
+      <c r="C209" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D209" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="H209" s="32" t="s">
-[...6 lines deleted...]
-        <v>38</v>
+      <c r="E209" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F209" s="37"/>
+      <c r="G209" s="36"/>
+      <c r="H209" s="136" t="s">
+        <v>174</v>
+      </c>
+      <c r="I209" s="137" t="s">
+        <v>60</v>
+      </c>
+      <c r="J209" s="138" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="210" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="146" t="s">
-        <v>274</v>
-[...20 lines deleted...]
-        <v>17</v>
+        <v>273</v>
+      </c>
+      <c r="B210" s="147"/>
+      <c r="C210" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D210" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E210" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F210" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="G210" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="H210" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="I210" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="J210" s="17" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="211" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="146" t="s">
-        <v>342</v>
+        <v>274</v>
       </c>
       <c r="B211" s="147"/>
       <c r="C211" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D211" s="2" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E211" s="6" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="F211" s="37"/>
       <c r="G211" s="36"/>
-      <c r="H211" s="136" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H211" s="52"/>
+      <c r="I211" s="54"/>
+      <c r="J211" s="67"/>
     </row>
     <row r="212" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="146" t="s">
         <v>275</v>
       </c>
-      <c r="B212" s="147"/>
-[...22 lines deleted...]
-        <v>24</v>
+      <c r="B212" s="148"/>
+      <c r="C212" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D212" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E212" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F212" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G212" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H212" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I212" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J212" s="66" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="213" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="146" t="s">
         <v>276</v>
       </c>
-      <c r="B213" s="147"/>
-[...7 lines deleted...]
-        <v>41</v>
+      <c r="B213" s="148"/>
+      <c r="C213" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="D213" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E213" s="23" t="s">
+        <v>17</v>
       </c>
       <c r="F213" s="37"/>
       <c r="G213" s="36"/>
-      <c r="H213" s="52"/>
-[...1 lines deleted...]
-      <c r="J213" s="67"/>
+      <c r="H213" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="I213" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="J213" s="66" t="s">
+        <v>192</v>
+      </c>
     </row>
     <row r="214" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="146" t="s">
         <v>277</v>
       </c>
-      <c r="B214" s="159"/>
+      <c r="B214" s="148"/>
       <c r="C214" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D214" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E214" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F214" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G214" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H214" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I214" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J214" s="66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="215" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="146" t="s">
         <v>278</v>
       </c>
-      <c r="B215" s="159"/>
+      <c r="B215" s="148"/>
       <c r="C215" s="22" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="D215" s="22" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="E215" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F215" s="37"/>
       <c r="G215" s="36"/>
-      <c r="H215" s="32" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H215" s="52"/>
+      <c r="I215" s="54"/>
+      <c r="J215" s="142"/>
     </row>
     <row r="216" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="146" t="s">
         <v>279</v>
       </c>
-      <c r="B216" s="159"/>
+      <c r="B216" s="148"/>
       <c r="C216" s="22" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="D216" s="22" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="E216" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="F216" s="22" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F216" s="37"/>
+      <c r="G216" s="36"/>
       <c r="H216" s="32" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="I216" s="34" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="J216" s="66" t="s">
-        <v>38</v>
+        <v>192</v>
       </c>
     </row>
     <row r="217" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="146" t="s">
         <v>280</v>
       </c>
-      <c r="B217" s="159"/>
-[...13 lines deleted...]
-      <c r="J217" s="142"/>
+      <c r="B217" s="147"/>
+      <c r="C217" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D217" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E217" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F217" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="G217" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="H217" s="32" t="s">
+        <v>23</v>
+      </c>
+      <c r="I217" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="J217" s="57" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="218" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="146" t="s">
         <v>281</v>
       </c>
-      <c r="B218" s="159"/>
-[...6 lines deleted...]
-      <c r="E218" s="23" t="s">
+      <c r="B218" s="148"/>
+      <c r="C218" s="31" t="s">
+        <v>23</v>
+      </c>
+      <c r="D218" s="31" t="s">
+        <v>23</v>
+      </c>
+      <c r="E218" s="85" t="s">
         <v>17</v>
       </c>
       <c r="F218" s="37"/>
       <c r="G218" s="36"/>
-      <c r="H218" s="32" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H218" s="52"/>
+      <c r="I218" s="54"/>
+      <c r="J218" s="67"/>
     </row>
     <row r="219" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="146" t="s">
         <v>282</v>
       </c>
       <c r="B219" s="147"/>
       <c r="C219" s="9" t="s">
         <v>44</v>
       </c>
       <c r="D219" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E219" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="F219" s="9" t="s">
+      <c r="F219" s="22" t="s">
         <v>23</v>
       </c>
       <c r="G219" s="23" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="H219" s="32" t="s">
         <v>23</v>
       </c>
       <c r="I219" s="34" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="J219" s="57" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="220" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="146" t="s">
         <v>283</v>
       </c>
-      <c r="B220" s="159"/>
-[...13 lines deleted...]
-      <c r="J220" s="67"/>
+      <c r="B220" s="148"/>
+      <c r="C220" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D220" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E220" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F220" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G220" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H220" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I220" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J220" s="66" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="221" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="146" t="s">
         <v>284</v>
       </c>
-      <c r="B221" s="147"/>
-[...6 lines deleted...]
-      <c r="E221" s="30" t="s">
+      <c r="B221" s="148"/>
+      <c r="C221" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D221" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E221" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F221" s="22" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="G221" s="23" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="H221" s="32" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="I221" s="34" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>15</v>
+      </c>
+      <c r="J221" s="66" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="222" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="146" t="s">
         <v>285</v>
       </c>
-      <c r="B222" s="159"/>
+      <c r="B222" s="148"/>
       <c r="C222" s="22" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="D222" s="22" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E222" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F222" s="22" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G222" s="23" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H222" s="32" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I222" s="34" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="J222" s="66" t="s">
-        <v>38</v>
+        <v>286</v>
       </c>
     </row>
     <row r="223" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="146" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="B223" s="159"/>
+        <v>287</v>
+      </c>
+      <c r="B223" s="147"/>
       <c r="C223" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D223" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E223" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F223" s="22" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G223" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H223" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I223" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J223" s="66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="224" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A224" s="146" t="s">
-[...2 lines deleted...]
-      <c r="B224" s="159"/>
+      <c r="A224" s="144" t="s">
+        <v>288</v>
+      </c>
+      <c r="B224" s="145"/>
       <c r="C224" s="22" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="D224" s="22" t="s">
-        <v>17</v>
-[...21 lines deleted...]
-      <c r="A225" s="146" t="s">
+        <v>33</v>
+      </c>
+      <c r="E224" s="103" t="s">
+        <v>17</v>
+      </c>
+      <c r="F224" s="86" t="s">
+        <v>23</v>
+      </c>
+      <c r="G224" s="94" t="s">
+        <v>15</v>
+      </c>
+      <c r="H224" s="95" t="s">
+        <v>15</v>
+      </c>
+      <c r="I224" s="102" t="s">
+        <v>16</v>
+      </c>
+      <c r="J224" s="100" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="144" t="s">
         <v>289</v>
       </c>
-      <c r="B225" s="147"/>
+      <c r="B225" s="149"/>
       <c r="C225" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="D225" s="22" t="s">
-[...8 lines deleted...]
-      <c r="G225" s="23" t="s">
+      <c r="D225" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E225" s="85" t="s">
+        <v>17</v>
+      </c>
+      <c r="F225" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G225" s="30" t="s">
         <v>15</v>
       </c>
       <c r="H225" s="32" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I225" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="I225" s="58" t="s">
         <v>15</v>
       </c>
       <c r="J225" s="66" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="226" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="226" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="144" t="s">
         <v>290</v>
       </c>
-      <c r="B226" s="145"/>
+      <c r="B226" s="149"/>
       <c r="C226" s="22" t="s">
-        <v>33</v>
-[...16 lines deleted...]
-      <c r="I226" s="102" t="s">
+        <v>23</v>
+      </c>
+      <c r="D226" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="J226" s="100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E226" s="85" t="s">
+        <v>17</v>
+      </c>
+      <c r="F226" s="37"/>
+      <c r="G226" s="36"/>
+      <c r="H226" s="52"/>
+      <c r="I226" s="54"/>
+      <c r="J226" s="67"/>
     </row>
     <row r="227" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A227" s="144" t="s">
         <v>291</v>
       </c>
-      <c r="B227" s="169"/>
+      <c r="B227" s="145"/>
       <c r="C227" s="22" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D227" s="9" t="s">
-        <v>18</v>
-[...18 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="E227" s="30" t="s">
+        <v>45</v>
+      </c>
+      <c r="F227" s="37"/>
+      <c r="G227" s="36"/>
+      <c r="H227" s="52"/>
+      <c r="I227" s="54"/>
+      <c r="J227" s="67"/>
     </row>
     <row r="228" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A228" s="144" t="s">
+      <c r="A228" s="146" t="s">
         <v>292</v>
       </c>
-      <c r="B228" s="169"/>
-[...3 lines deleted...]
-      <c r="D228" s="9" t="s">
+      <c r="B228" s="147"/>
+      <c r="C228" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D228" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E228" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F228" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="E228" s="85" t="s">
-[...9 lines deleted...]
-      <c r="A229" s="144" t="s">
+      <c r="G228" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H228" s="18" t="s">
         <v>293</v>
       </c>
-      <c r="B229" s="145"/>
-[...7 lines deleted...]
-        <v>45</v>
+      <c r="I228" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="J228" s="17" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="146" t="s">
+        <v>294</v>
+      </c>
+      <c r="B229" s="147"/>
+      <c r="C229" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D229" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E229" s="6" t="s">
+        <v>24</v>
       </c>
       <c r="F229" s="37"/>
       <c r="G229" s="36"/>
       <c r="H229" s="52"/>
       <c r="I229" s="54"/>
       <c r="J229" s="67"/>
     </row>
-    <row r="230" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="230" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="146" t="s">
-        <v>294</v>
-[...17 lines deleted...]
-      <c r="H230" s="18" t="s">
         <v>295</v>
       </c>
-      <c r="I230" s="8" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="B230" s="148"/>
+      <c r="C230" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D230" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E230" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F230" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G230" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H230" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I230" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J230" s="66" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="231" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="146" t="s">
         <v>296</v>
       </c>
-      <c r="B231" s="147"/>
-[...13 lines deleted...]
-      <c r="J231" s="67"/>
+      <c r="B231" s="148"/>
+      <c r="C231" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D231" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E231" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F231" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G231" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H231" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I231" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J231" s="66" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="232" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A232" s="146" t="s">
+      <c r="A232" s="144" t="s">
         <v>297</v>
       </c>
-      <c r="B232" s="159"/>
-[...25 lines deleted...]
-    <row r="233" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B232" s="145"/>
+      <c r="C232" s="99" t="s">
+        <v>15</v>
+      </c>
+      <c r="D232" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="30" t="s">
+        <v>45</v>
+      </c>
+      <c r="F232" s="37"/>
+      <c r="G232" s="36"/>
+      <c r="H232" s="52"/>
+      <c r="I232" s="54"/>
+      <c r="J232" s="67"/>
+    </row>
+    <row r="233" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="146" t="s">
         <v>298</v>
       </c>
-      <c r="B233" s="159"/>
-[...21 lines deleted...]
-      <c r="J233" s="66" t="s">
+      <c r="B233" s="147"/>
+      <c r="C233" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E233" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F233" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="G233" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="H233" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="I233" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="J233" s="17" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="234" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A234" s="144" t="s">
+      <c r="A234" s="146" t="s">
         <v>299</v>
       </c>
-      <c r="B234" s="145"/>
-[...15 lines deleted...]
-    <row r="235" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B234" s="147"/>
+      <c r="C234" s="37"/>
+      <c r="D234" s="37"/>
+      <c r="E234" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F234" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="G234" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H234" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="I234" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J234" s="57" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="146" t="s">
         <v>300</v>
       </c>
       <c r="B235" s="147"/>
-      <c r="C235" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C235" s="37"/>
+      <c r="D235" s="37"/>
       <c r="E235" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="F235" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G235" s="6" t="s">
+      <c r="F235" s="18" t="s">
         <v>19</v>
+      </c>
+      <c r="G235" s="8" t="s">
+        <v>15</v>
       </c>
       <c r="H235" s="18" t="s">
         <v>19</v>
       </c>
       <c r="I235" s="8" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="J235" s="17" t="s">
-        <v>38</v>
+        <v>95</v>
       </c>
     </row>
     <row r="236" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A236" s="146" t="s">
+      <c r="A236" s="144" t="s">
         <v>301</v>
       </c>
-      <c r="B236" s="147"/>
-[...22 lines deleted...]
-      <c r="A237" s="146" t="s">
+      <c r="B236" s="145"/>
+      <c r="C236" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="D236" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E236" s="96" t="s">
+        <v>17</v>
+      </c>
+      <c r="F236" s="86" t="s">
+        <v>18</v>
+      </c>
+      <c r="G236" s="94" t="s">
+        <v>18</v>
+      </c>
+      <c r="H236" s="95" t="s">
+        <v>18</v>
+      </c>
+      <c r="I236" s="102" t="s">
+        <v>15</v>
+      </c>
+      <c r="J236" s="66" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A237" s="144" t="s">
         <v>302</v>
       </c>
-      <c r="B237" s="147"/>
-[...21 lines deleted...]
-    <row r="238" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B237" s="149"/>
+      <c r="C237" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="D237" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E237" s="36"/>
+      <c r="F237" s="50"/>
+      <c r="G237" s="53"/>
+      <c r="H237" s="52"/>
+      <c r="I237" s="70"/>
+      <c r="J237" s="71"/>
+    </row>
+    <row r="238" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="144" t="s">
         <v>303</v>
       </c>
-      <c r="B238" s="145"/>
-[...25 lines deleted...]
-    <row r="239" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B238" s="149"/>
+      <c r="C238" s="32" t="s">
+        <v>23</v>
+      </c>
+      <c r="D238" s="34" t="s">
+        <v>23</v>
+      </c>
+      <c r="E238" s="90" t="s">
+        <v>17</v>
+      </c>
+      <c r="F238" s="52"/>
+      <c r="G238" s="36"/>
+      <c r="H238" s="32" t="s">
+        <v>23</v>
+      </c>
+      <c r="I238" s="34" t="s">
+        <v>23</v>
+      </c>
+      <c r="J238" s="17" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="144" t="s">
         <v>304</v>
       </c>
-      <c r="B239" s="169"/>
+      <c r="B239" s="149"/>
       <c r="C239" s="9" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="D239" s="9" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-    <row r="240" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>22</v>
+      </c>
+      <c r="E239" s="90" t="s">
+        <v>17</v>
+      </c>
+      <c r="F239" s="52"/>
+      <c r="G239" s="36"/>
+      <c r="H239" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="I239" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="J239" s="17" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="240" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="144" t="s">
         <v>305</v>
       </c>
-      <c r="B240" s="169"/>
-[...21 lines deleted...]
-    <row r="241" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B240" s="145"/>
+      <c r="C240" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="D240" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="E240" s="96" t="s">
+        <v>17</v>
+      </c>
+      <c r="F240" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="G240" s="30" t="s">
+        <v>60</v>
+      </c>
+      <c r="H240" s="95" t="s">
+        <v>37</v>
+      </c>
+      <c r="I240" s="58" t="s">
+        <v>60</v>
+      </c>
+      <c r="J240" s="100" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="241" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="144" t="s">
         <v>306</v>
       </c>
-      <c r="B241" s="169"/>
+      <c r="B241" s="149"/>
       <c r="C241" s="9" t="s">
         <v>22</v>
       </c>
       <c r="D241" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="E241" s="90" t="s">
-[...4 lines deleted...]
-      <c r="H241" s="9" t="s">
+      <c r="E241" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F241" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="I241" s="9" t="s">
+      <c r="G241" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="J241" s="17" t="s">
-[...3 lines deleted...]
-    <row r="242" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H241" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="I241" s="58" t="s">
+        <v>22</v>
+      </c>
+      <c r="J241" s="66" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="144" t="s">
+        <v>345</v>
+      </c>
+      <c r="B242" s="145"/>
+      <c r="C242" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="D242" s="22" t="s">
+        <v>45</v>
+      </c>
+      <c r="E242" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="F242" s="50"/>
+      <c r="G242" s="134"/>
+      <c r="H242" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="I242" s="22" t="s">
+        <v>45</v>
+      </c>
+      <c r="J242" s="35" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A243" s="146" t="s">
         <v>307</v>
       </c>
-      <c r="B242" s="145"/>
-[...26 lines deleted...]
-      <c r="A243" s="144" t="s">
+      <c r="B243" s="147"/>
+      <c r="C243" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D243" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E243" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F243" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="G243" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H243" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I243" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J243" s="66" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A244" s="146" t="s">
         <v>308</v>
       </c>
-      <c r="B243" s="169"/>
-[...29 lines deleted...]
-      <c r="B244" s="145"/>
+      <c r="B244" s="147"/>
       <c r="C244" s="22" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D244" s="22" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="E244" s="23" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="G244" s="134"/>
+        <v>17</v>
+      </c>
+      <c r="F244" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="G244" s="23" t="s">
+        <v>15</v>
+      </c>
       <c r="H244" s="32" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-    <row r="245" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>60</v>
+      </c>
+      <c r="I244" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J244" s="66" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="146" t="s">
         <v>309</v>
       </c>
       <c r="B245" s="147"/>
-      <c r="C245" s="22" t="s">
-[...20 lines deleted...]
-      <c r="J245" s="66" t="s">
+      <c r="C245" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D245" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="E245" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F245" s="37"/>
+      <c r="G245" s="36"/>
+      <c r="H245" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="I245" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="J245" s="17" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="246" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A246" s="146" t="s">
+      <c r="A246" s="144" t="s">
         <v>310</v>
       </c>
-      <c r="B246" s="147"/>
+      <c r="B246" s="145"/>
       <c r="C246" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D246" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E246" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F246" s="22" t="s">
         <v>17</v>
       </c>
       <c r="G246" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H246" s="32" t="s">
         <v>60</v>
       </c>
       <c r="I246" s="34" t="s">
         <v>15</v>
       </c>
       <c r="J246" s="66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="247" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A247" s="146" t="s">
         <v>311</v>
       </c>
       <c r="B247" s="147"/>
       <c r="C247" s="2" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D247" s="2" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="E247" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="F247" s="37"/>
-      <c r="G247" s="36"/>
+      <c r="F247" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="G247" s="6" t="s">
+        <v>15</v>
+      </c>
       <c r="H247" s="18" t="s">
         <v>79</v>
       </c>
       <c r="I247" s="8" t="s">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="J247" s="17" t="s">
-        <v>38</v>
+        <v>93</v>
       </c>
     </row>
     <row r="248" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A248" s="144" t="s">
+      <c r="A248" s="146" t="s">
         <v>312</v>
       </c>
-      <c r="B248" s="145"/>
-[...25 lines deleted...]
-    <row r="249" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B248" s="147"/>
+      <c r="C248" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D248" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E248" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F248" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G248" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H248" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="I248" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="J248" s="17" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10" s="126" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="146" t="s">
-        <v>313</v>
+        <v>341</v>
       </c>
       <c r="B249" s="147"/>
       <c r="C249" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="D249" s="2" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="E249" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G249" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H249" s="18" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="I249" s="8" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="J249" s="17" t="s">
-        <v>93</v>
+        <v>20</v>
       </c>
     </row>
     <row r="250" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="146" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="B250" s="147"/>
       <c r="C250" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="D250" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="E250" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G250" s="6" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="H250" s="18" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I250" s="8" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="J250" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:10" s="126" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10" s="135" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A251" s="146" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="B251" s="147"/>
       <c r="C251" s="2" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D251" s="2" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="E251" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="G251" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H251" s="18" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="I251" s="8" t="s">
         <v>15</v>
       </c>
       <c r="J251" s="17" t="s">
-        <v>20</v>
+        <v>133</v>
       </c>
     </row>
     <row r="252" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A252" s="146" t="s">
+        <v>314</v>
+      </c>
+      <c r="B252" s="148"/>
+      <c r="C252" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D252" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E252" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F252" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G252" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H252" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I252" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J252" s="66" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A253" s="146" t="s">
         <v>315</v>
-      </c>
-[...28 lines deleted...]
-        <v>348</v>
       </c>
       <c r="B253" s="147"/>
       <c r="C253" s="2" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="D253" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E253" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="G253" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H253" s="18" t="s">
-        <v>37</v>
+        <v>228</v>
       </c>
       <c r="I253" s="8" t="s">
         <v>15</v>
       </c>
       <c r="J253" s="17" t="s">
-        <v>134</v>
+        <v>24</v>
       </c>
     </row>
     <row r="254" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A254" s="146" t="s">
         <v>316</v>
       </c>
-      <c r="B254" s="159"/>
-[...23 lines deleted...]
-      </c>
+      <c r="B254" s="147"/>
+      <c r="C254" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F254" s="37"/>
+      <c r="G254" s="36"/>
+      <c r="H254" s="52"/>
+      <c r="I254" s="54"/>
+      <c r="J254" s="67"/>
     </row>
     <row r="255" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="146" t="s">
         <v>317</v>
       </c>
-      <c r="B255" s="147"/>
-[...23 lines deleted...]
-      </c>
+      <c r="B255" s="148"/>
+      <c r="C255" s="79" t="s">
+        <v>99</v>
+      </c>
+      <c r="D255" s="79" t="s">
+        <v>99</v>
+      </c>
+      <c r="E255" s="82" t="s">
+        <v>17</v>
+      </c>
+      <c r="F255" s="50"/>
+      <c r="G255" s="53"/>
+      <c r="H255" s="64"/>
+      <c r="I255" s="70"/>
+      <c r="J255" s="71"/>
     </row>
     <row r="256" spans="1:10" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="146" t="s">
         <v>318</v>
       </c>
-      <c r="B256" s="147"/>
-[...13 lines deleted...]
-      <c r="J256" s="67"/>
+      <c r="B256" s="148"/>
+      <c r="C256" s="79" t="s">
+        <v>23</v>
+      </c>
+      <c r="D256" s="79" t="s">
+        <v>23</v>
+      </c>
+      <c r="E256" s="82" t="s">
+        <v>17</v>
+      </c>
+      <c r="F256" s="50"/>
+      <c r="G256" s="53"/>
+      <c r="H256" s="64"/>
+      <c r="I256" s="70"/>
+      <c r="J256" s="71"/>
     </row>
     <row r="257" spans="1:12" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A257" s="146" t="s">
         <v>319</v>
       </c>
-      <c r="B257" s="159"/>
+      <c r="B257" s="147"/>
       <c r="C257" s="79" t="s">
-        <v>99</v>
+        <v>60</v>
       </c>
       <c r="D257" s="79" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="E257" s="82" t="s">
         <v>17</v>
       </c>
-      <c r="F257" s="50"/>
-[...3 lines deleted...]
-      <c r="J257" s="71"/>
+      <c r="F257" s="79" t="s">
+        <v>60</v>
+      </c>
+      <c r="G257" s="82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H257" s="60" t="s">
+        <v>60</v>
+      </c>
+      <c r="I257" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="J257" s="78" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="258" spans="1:12" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A258" s="146" t="s">
         <v>320</v>
       </c>
-      <c r="B258" s="159"/>
-[...13 lines deleted...]
-      <c r="J258" s="71"/>
+      <c r="B258" s="147"/>
+      <c r="C258" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D258" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E258" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F258" s="37"/>
+      <c r="G258" s="36"/>
+      <c r="H258" s="52"/>
+      <c r="I258" s="54"/>
+      <c r="J258" s="67"/>
     </row>
     <row r="259" spans="1:12" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A259" s="146" t="s">
+      <c r="A259" s="144" t="s">
         <v>321</v>
       </c>
-      <c r="B259" s="147"/>
-[...26 lines deleted...]
-      <c r="A260" s="146" t="s">
+      <c r="B259" s="145"/>
+      <c r="C259" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="D259" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E259" s="94" t="s">
+        <v>17</v>
+      </c>
+      <c r="F259" s="86" t="s">
+        <v>18</v>
+      </c>
+      <c r="G259" s="94" t="s">
+        <v>18</v>
+      </c>
+      <c r="H259" s="95" t="s">
+        <v>18</v>
+      </c>
+      <c r="I259" s="102" t="s">
+        <v>15</v>
+      </c>
+      <c r="J259" s="100" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="260" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A260" s="144" t="s">
         <v>322</v>
       </c>
-      <c r="B260" s="147"/>
-[...15 lines deleted...]
-    <row r="261" spans="1:12" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B260" s="145"/>
+      <c r="C260" s="86" t="s">
+        <v>342</v>
+      </c>
+      <c r="D260" s="141" t="s">
+        <v>37</v>
+      </c>
+      <c r="E260" s="96" t="s">
+        <v>17</v>
+      </c>
+      <c r="F260" s="86" t="s">
+        <v>18</v>
+      </c>
+      <c r="G260" s="94" t="s">
+        <v>45</v>
+      </c>
+      <c r="H260" s="95" t="s">
+        <v>18</v>
+      </c>
+      <c r="I260" s="102" t="s">
+        <v>45</v>
+      </c>
+      <c r="J260" s="100" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="261" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A261" s="144" t="s">
         <v>323</v>
       </c>
       <c r="B261" s="145"/>
-      <c r="C261" s="9" t="s">
-[...21 lines deleted...]
-        <v>20</v>
+      <c r="C261" s="32" t="s">
+        <v>44</v>
+      </c>
+      <c r="D261" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="E261" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F261" s="32" t="s">
+        <v>23</v>
+      </c>
+      <c r="G261" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="H261" s="32" t="s">
+        <v>23</v>
+      </c>
+      <c r="I261" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="J261" s="57" t="s">
+        <v>324</v>
       </c>
     </row>
     <row r="262" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A262" s="144" t="s">
-[...6 lines deleted...]
-      <c r="D262" s="141" t="s">
+      <c r="A262" s="146" t="s">
+        <v>325</v>
+      </c>
+      <c r="B262" s="147"/>
+      <c r="C262" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D262" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E262" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F262" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="G262" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H262" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="I262" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J262" s="66" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="263" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="146" t="s">
+        <v>326</v>
+      </c>
+      <c r="B263" s="147"/>
+      <c r="C263" s="22" t="s">
         <v>37</v>
       </c>
-      <c r="E262" s="96" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="D263" s="22" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="E263" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F263" s="32" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>37</v>
+      </c>
+      <c r="G263" s="34" t="s">
+        <v>48</v>
       </c>
       <c r="H263" s="32" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I263" s="34" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="J263" s="66" t="s">
+        <v>97</v>
+      </c>
+      <c r="L263" s="72"/>
     </row>
     <row r="264" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A264" s="146" t="s">
         <v>327</v>
       </c>
       <c r="B264" s="147"/>
       <c r="C264" s="22" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="D264" s="22" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="E264" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="F264" s="22" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F264" s="37"/>
+      <c r="G264" s="36"/>
       <c r="H264" s="32" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="I264" s="34" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="J264" s="66" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      <c r="A265" s="146" t="s">
+        <v>192</v>
+      </c>
+      <c r="L264" s="72"/>
+    </row>
+    <row r="265" spans="1:12" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="154" t="s">
         <v>328</v>
       </c>
-      <c r="B265" s="147"/>
-[...22 lines deleted...]
-        <v>97</v>
+      <c r="B265" s="155"/>
+      <c r="C265" s="73" t="s">
+        <v>33</v>
+      </c>
+      <c r="D265" s="73" t="s">
+        <v>33</v>
+      </c>
+      <c r="E265" s="74" t="s">
+        <v>17</v>
+      </c>
+      <c r="F265" s="87"/>
+      <c r="G265" s="88"/>
+      <c r="H265" s="75" t="s">
+        <v>33</v>
+      </c>
+      <c r="I265" s="76" t="s">
+        <v>33</v>
+      </c>
+      <c r="J265" s="89" t="s">
+        <v>192</v>
       </c>
       <c r="L265" s="72"/>
     </row>
     <row r="266" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A266" s="146" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="L266" s="72"/>
     </row>
-    <row r="267" spans="1:12" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      </c>
+    <row r="267" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="L267" s="72"/>
     </row>
     <row r="268" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A268" s="19"/>
+      <c r="B268" s="19"/>
+      <c r="C268" s="19"/>
+      <c r="D268" s="19"/>
+      <c r="E268" s="19"/>
+      <c r="F268" s="19"/>
+      <c r="G268" s="19"/>
+      <c r="H268" s="19"/>
+      <c r="I268" s="19"/>
+      <c r="J268" s="19"/>
       <c r="L268" s="72"/>
     </row>
-    <row r="269" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-[...27 lines deleted...]
-    <row r="272" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" spans="1:12" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A269" s="16"/>
+      <c r="B269" s="16"/>
+      <c r="C269" s="16"/>
+      <c r="D269" s="16"/>
+      <c r="E269" s="16"/>
+      <c r="F269" s="16"/>
+      <c r="G269" s="16"/>
+      <c r="H269" s="16"/>
+      <c r="I269" s="16"/>
+      <c r="J269" s="16"/>
+    </row>
+    <row r="270" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="273" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="274" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="275" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="276" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="277" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="278" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="277">
-[...1 lines deleted...]
-    <mergeCell ref="A29:B29"/>
+  <mergeCells count="275">
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="A198:B198"/>
+    <mergeCell ref="A242:B242"/>
     <mergeCell ref="A251:B251"/>
-    <mergeCell ref="A168:B168"/>
+    <mergeCell ref="A170:B170"/>
+    <mergeCell ref="J199:J201"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="A155:B155"/>
+    <mergeCell ref="A156:B156"/>
+    <mergeCell ref="A180:B180"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="A75:B75"/>
+    <mergeCell ref="A76:B76"/>
+    <mergeCell ref="C75:E75"/>
+    <mergeCell ref="C76:E76"/>
+    <mergeCell ref="A71:B71"/>
+    <mergeCell ref="A72:B72"/>
+    <mergeCell ref="A73:B73"/>
+    <mergeCell ref="A74:B74"/>
+    <mergeCell ref="A199:B201"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="A175:B175"/>
+    <mergeCell ref="F199:F201"/>
+    <mergeCell ref="G199:G201"/>
+    <mergeCell ref="H199:H201"/>
+    <mergeCell ref="I199:I201"/>
+    <mergeCell ref="A117:B117"/>
+    <mergeCell ref="A97:B97"/>
+    <mergeCell ref="A80:B80"/>
+    <mergeCell ref="A113:B113"/>
+    <mergeCell ref="A165:B165"/>
+    <mergeCell ref="A157:B157"/>
+    <mergeCell ref="A145:B145"/>
+    <mergeCell ref="A142:B142"/>
     <mergeCell ref="A162:B162"/>
-    <mergeCell ref="A216:B216"/>
-[...2 lines deleted...]
-    <mergeCell ref="A209:B209"/>
+    <mergeCell ref="A158:B158"/>
+    <mergeCell ref="A149:B149"/>
+    <mergeCell ref="E199:E201"/>
+    <mergeCell ref="A196:B196"/>
+    <mergeCell ref="A172:B172"/>
+    <mergeCell ref="A153:B153"/>
+    <mergeCell ref="A147:B147"/>
+    <mergeCell ref="A133:B133"/>
+    <mergeCell ref="A130:B130"/>
+    <mergeCell ref="A85:B85"/>
+    <mergeCell ref="A94:B94"/>
+    <mergeCell ref="A91:B91"/>
+    <mergeCell ref="A100:B100"/>
+    <mergeCell ref="F52:G52"/>
+    <mergeCell ref="A58:B58"/>
+    <mergeCell ref="A59:B59"/>
+    <mergeCell ref="A109:B109"/>
+    <mergeCell ref="A90:B90"/>
+    <mergeCell ref="A55:B55"/>
+    <mergeCell ref="A57:B57"/>
+    <mergeCell ref="A61:B61"/>
+    <mergeCell ref="A89:B89"/>
+    <mergeCell ref="A96:B96"/>
+    <mergeCell ref="A103:B103"/>
+    <mergeCell ref="A79:B79"/>
+    <mergeCell ref="A60:B60"/>
+    <mergeCell ref="A65:B65"/>
+    <mergeCell ref="A63:B63"/>
+    <mergeCell ref="A93:B93"/>
+    <mergeCell ref="A106:B106"/>
+    <mergeCell ref="A81:B81"/>
+    <mergeCell ref="A92:B92"/>
+    <mergeCell ref="A56:B56"/>
+    <mergeCell ref="A62:B62"/>
+    <mergeCell ref="A54:B54"/>
+    <mergeCell ref="A70:B70"/>
+    <mergeCell ref="A87:B87"/>
+    <mergeCell ref="J51:J53"/>
+    <mergeCell ref="A95:B95"/>
+    <mergeCell ref="A129:B129"/>
+    <mergeCell ref="A51:B53"/>
+    <mergeCell ref="C51:C53"/>
+    <mergeCell ref="D51:D53"/>
+    <mergeCell ref="E51:E53"/>
+    <mergeCell ref="H51:H52"/>
+    <mergeCell ref="I51:I52"/>
+    <mergeCell ref="A122:B122"/>
+    <mergeCell ref="H53:I53"/>
+    <mergeCell ref="A115:B115"/>
+    <mergeCell ref="A66:B66"/>
+    <mergeCell ref="A82:B82"/>
+    <mergeCell ref="A116:B116"/>
+    <mergeCell ref="A111:B111"/>
+    <mergeCell ref="A119:B119"/>
+    <mergeCell ref="A112:B112"/>
+    <mergeCell ref="A105:B105"/>
+    <mergeCell ref="A88:B88"/>
+    <mergeCell ref="A101:B101"/>
+    <mergeCell ref="A120:B120"/>
+    <mergeCell ref="A118:B118"/>
+    <mergeCell ref="A86:B86"/>
+    <mergeCell ref="A78:B78"/>
+    <mergeCell ref="A263:B263"/>
+    <mergeCell ref="A258:B258"/>
+    <mergeCell ref="A257:B257"/>
+    <mergeCell ref="A254:B254"/>
+    <mergeCell ref="A253:B253"/>
+    <mergeCell ref="A259:B259"/>
+    <mergeCell ref="A233:B233"/>
+    <mergeCell ref="A260:B260"/>
+    <mergeCell ref="A227:B227"/>
+    <mergeCell ref="A232:B232"/>
+    <mergeCell ref="A245:B245"/>
+    <mergeCell ref="A243:B243"/>
+    <mergeCell ref="A244:B244"/>
+    <mergeCell ref="A236:B236"/>
+    <mergeCell ref="A237:B237"/>
+    <mergeCell ref="A240:B240"/>
+    <mergeCell ref="A238:B238"/>
+    <mergeCell ref="A234:B234"/>
+    <mergeCell ref="A231:B231"/>
+    <mergeCell ref="A229:B229"/>
+    <mergeCell ref="A228:B228"/>
+    <mergeCell ref="A261:B261"/>
+    <mergeCell ref="A248:B248"/>
+    <mergeCell ref="A247:B247"/>
+    <mergeCell ref="A252:B252"/>
+    <mergeCell ref="A246:B246"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="A64:B64"/>
+    <mergeCell ref="A67:B67"/>
+    <mergeCell ref="A68:B68"/>
+    <mergeCell ref="A126:B126"/>
+    <mergeCell ref="A135:B135"/>
+    <mergeCell ref="A110:B110"/>
+    <mergeCell ref="A132:B132"/>
+    <mergeCell ref="A104:B104"/>
+    <mergeCell ref="A107:B107"/>
+    <mergeCell ref="A83:B83"/>
+    <mergeCell ref="A84:B84"/>
+    <mergeCell ref="A124:B124"/>
+    <mergeCell ref="A131:B131"/>
+    <mergeCell ref="A77:B77"/>
+    <mergeCell ref="A69:B69"/>
+    <mergeCell ref="A123:B123"/>
+    <mergeCell ref="A127:B127"/>
+    <mergeCell ref="A128:B128"/>
+    <mergeCell ref="A98:B98"/>
     <mergeCell ref="A241:B241"/>
-    <mergeCell ref="A197:B197"/>
-[...26 lines deleted...]
-    <mergeCell ref="A179:B179"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="A49:B49"/>
     <mergeCell ref="A190:B190"/>
-    <mergeCell ref="A188:B188"/>
-[...15 lines deleted...]
-    <mergeCell ref="A138:B138"/>
+    <mergeCell ref="A102:B102"/>
+    <mergeCell ref="A148:B148"/>
     <mergeCell ref="A164:B164"/>
-    <mergeCell ref="A172:B172"/>
-    <mergeCell ref="A170:B170"/>
+    <mergeCell ref="A143:B143"/>
     <mergeCell ref="A151:B151"/>
-    <mergeCell ref="A145:B145"/>
-[...7 lines deleted...]
-    <mergeCell ref="A258:B258"/>
     <mergeCell ref="A210:B210"/>
-    <mergeCell ref="A264:B264"/>
-[...13 lines deleted...]
-    <mergeCell ref="A252:B252"/>
     <mergeCell ref="H1:J5"/>
     <mergeCell ref="B8:J8"/>
     <mergeCell ref="H11:J11"/>
     <mergeCell ref="A32:B32"/>
     <mergeCell ref="A1:C5"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="C11:E11"/>
     <mergeCell ref="F11:G11"/>
     <mergeCell ref="A11:B12"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="C29:E29"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A18:B18"/>
-    <mergeCell ref="A243:B243"/>
-[...15 lines deleted...]
-    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="A264:B264"/>
+    <mergeCell ref="A265:B265"/>
+    <mergeCell ref="A108:B108"/>
+    <mergeCell ref="A166:B166"/>
+    <mergeCell ref="A218:B218"/>
+    <mergeCell ref="A226:B226"/>
+    <mergeCell ref="A255:B255"/>
+    <mergeCell ref="A256:B256"/>
+    <mergeCell ref="A208:B208"/>
+    <mergeCell ref="A262:B262"/>
+    <mergeCell ref="A183:B183"/>
+    <mergeCell ref="A187:B187"/>
+    <mergeCell ref="A154:B154"/>
+    <mergeCell ref="A174:B174"/>
+    <mergeCell ref="A177:B177"/>
+    <mergeCell ref="A168:B168"/>
+    <mergeCell ref="A121:B121"/>
+    <mergeCell ref="A220:B220"/>
+    <mergeCell ref="A114:B114"/>
+    <mergeCell ref="A134:B134"/>
+    <mergeCell ref="A125:B125"/>
+    <mergeCell ref="A138:B138"/>
+    <mergeCell ref="A146:B146"/>
+    <mergeCell ref="A250:B250"/>
+    <mergeCell ref="A99:B99"/>
+    <mergeCell ref="A152:B152"/>
+    <mergeCell ref="A159:B159"/>
+    <mergeCell ref="A160:B160"/>
+    <mergeCell ref="A173:B173"/>
+    <mergeCell ref="A176:B176"/>
+    <mergeCell ref="A139:B139"/>
+    <mergeCell ref="A140:B140"/>
+    <mergeCell ref="A136:B136"/>
+    <mergeCell ref="A137:B137"/>
+    <mergeCell ref="A163:B163"/>
+    <mergeCell ref="A171:B171"/>
+    <mergeCell ref="A169:B169"/>
+    <mergeCell ref="A150:B150"/>
+    <mergeCell ref="A144:B144"/>
+    <mergeCell ref="A222:B222"/>
+    <mergeCell ref="A216:B216"/>
+    <mergeCell ref="A219:B219"/>
+    <mergeCell ref="A223:B223"/>
+    <mergeCell ref="A224:B224"/>
+    <mergeCell ref="A185:B185"/>
+    <mergeCell ref="A194:B194"/>
+    <mergeCell ref="A141:B141"/>
+    <mergeCell ref="A191:B191"/>
     <mergeCell ref="A192:B192"/>
-    <mergeCell ref="A103:B103"/>
-[...3 lines deleted...]
-    <mergeCell ref="A152:B152"/>
+    <mergeCell ref="A202:B202"/>
+    <mergeCell ref="A197:B197"/>
+    <mergeCell ref="A189:B189"/>
+    <mergeCell ref="A178:B178"/>
+    <mergeCell ref="A188:B188"/>
+    <mergeCell ref="A186:B186"/>
+    <mergeCell ref="A193:B193"/>
+    <mergeCell ref="A184:B184"/>
+    <mergeCell ref="A182:B182"/>
+    <mergeCell ref="A179:B179"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="A249:B249"/>
+    <mergeCell ref="A167:B167"/>
+    <mergeCell ref="A161:B161"/>
+    <mergeCell ref="A214:B214"/>
+    <mergeCell ref="A215:B215"/>
+    <mergeCell ref="A209:B209"/>
+    <mergeCell ref="A207:B207"/>
+    <mergeCell ref="A239:B239"/>
+    <mergeCell ref="A195:B195"/>
+    <mergeCell ref="A211:B211"/>
+    <mergeCell ref="A206:B206"/>
+    <mergeCell ref="A204:B204"/>
+    <mergeCell ref="A205:B205"/>
+    <mergeCell ref="A203:B203"/>
+    <mergeCell ref="A235:B235"/>
+    <mergeCell ref="A230:B230"/>
+    <mergeCell ref="A221:B221"/>
+    <mergeCell ref="A217:B217"/>
     <mergeCell ref="A212:B212"/>
-    <mergeCell ref="A249:B249"/>
-[...142 lines deleted...]
-    <mergeCell ref="A176:B176"/>
+    <mergeCell ref="A225:B225"/>
+    <mergeCell ref="A181:B181"/>
+    <mergeCell ref="A213:B213"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="C173:E173" r:id="rId1" display="Viability will determine if testing will be performed.  See procedure FLW.14" xr:uid="{1D785269-876B-46A8-817C-2A16C0125251}"/>
+    <hyperlink ref="C172:E172" r:id="rId1" display="Viability will determine if testing will be performed.  See procedure FLW.14" xr:uid="{1D785269-876B-46A8-817C-2A16C0125251}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0" bottom="0.35" header="0" footer="0"/>
   <pageSetup orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;8This document is maintained electronically. It is the responsibility of the user to verify this copy is of the latest revision.
 &amp;KFF0000Hardcopy Uncontrolled</oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
   <oleObjects>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <oleObject progId="Word.Picture.8" shapeId="1026" r:id="rId5">
           <objectPr defaultSize="0" autoPict="0" r:id="rId6">
             <anchor moveWithCells="1" sizeWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>123825</xdr:colOff>
                 <xdr:row>0</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>2</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
@@ -10683,176 +10631,145 @@
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100300094E475350643851E20C0F0DE42B4" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d2b24d81c4c180b7d5cbb1dbb42b01ff">
-[...2 lines deleted...]
-    <xsd:import namespace="431a3780-4ea9-4c4e-a230-89f83706300a"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="fb0ebc44-5847-49f9-9931-f6f4f08ff53c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4a2ec908-579b-4ccc-b68f-a518f18634da" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009A2F08A29B07E445B2165DC2E4766167" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c71fede194669fb0b1534f0334a2ad46">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fb0ebc44-5847-49f9-9931-f6f4f08ff53c" xmlns:ns3="4a2ec908-579b-4ccc-b68f-a518f18634da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d54b5a4165d93ebdabcc1f45a7f4a29d" ns2:_="" ns3:_="">
+    <xsd:import namespace="fb0ebc44-5847-49f9-9931-f6f4f08ff53c"/>
+    <xsd:import namespace="4a2ec908-579b-4ccc-b68f-a518f18634da"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="95f9a1ba-4bf0-4734-90a4-0d5066799650" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fb0ebc44-5847-49f9-9931-f6f4f08ff53c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="10" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="12" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="14" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
-[...2 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="92fdbf69-eb56-44ce-81fc-1e4d5a9fd8a8" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="92fdbf69-eb56-44ce-81fc-1e4d5a9fd8a8" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...4 lines deleted...]
-      </xsd:complexType>
+    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="431a3780-4ea9-4c4e-a230-89f83706300a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4a2ec908-579b-4ccc-b68f-a518f18634da" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
-[...25 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{0c9ea182-78da-4c87-932e-6c4ebc788f17}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="431a3780-4ea9-4c4e-a230-89f83706300a">
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{5194ae91-abb7-439d-8999-c3340f31b389}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4a2ec908-579b-4ccc-b68f-a518f18634da">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -10919,101 +10836,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B6FD3B5-5CA8-44C3-A9C1-065F4C618375}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B74A9A08-6C15-4E4A-B95F-C2E4AD759895}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{147091DE-83E9-493A-8EF1-E90E6072EB87}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="431a3780-4ea9-4c4e-a230-89f83706300a"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="95f9a1ba-4bf0-4734-90a4-0d5066799650"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="fb0ebc44-5847-49f9-9931-f6f4f08ff53c"/>
+    <ds:schemaRef ds:uri="4a2ec908-579b-4ccc-b68f-a518f18634da"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E18A863D-C6FF-40B9-B956-4A1D17838EA3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="fb0ebc44-5847-49f9-9931-f6f4f08ff53c"/>
+    <ds:schemaRef ds:uri="4a2ec908-579b-4ccc-b68f-a518f18634da"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -11031,32 +10939,32 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Bobbie Fischer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100300094E475350643851E20C0F0DE42B4</vt:lpwstr>
+    <vt:lpwstr>0x0101009A2F08A29B07E445B2165DC2E4766167</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>